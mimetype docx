--- v0 (2025-10-08)
+++ v1 (2025-11-27)
@@ -1,10937 +1,8427 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>Білім және ғылым саласындағы азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шартын, сондай-ақ Мектепке дейінгі, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беретін оқу бағдарламаларын іск</w:t>
+        <w:t>Об утверждении Правил проведения и условий аттестации гражданских служащих в сфере образования и науки, а также Правил проведения и условий аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реал</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>е асыратын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға теңестірілген тұлғаларды аттестаттаудан өткізу қaғидалары мен шартын бекіту туралы</w:t>
+        <w:t>изующих образовательные учебные программы дошкольного, начального, основного среднего, общего среднего, технического и профессионального, послесреднего образования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Білім және ғылым министрінің м.а. 2013 жылғы 07 тамыздағы № 323 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2013 жылы 28 тамызда № 8678 тіркелді</w:t>
+        <w:t>Приказ и.о. Министра образования и науки Республики Казахстан от 7 августа 2013 года № 323. Зарегистрирован в Министерстве юстиции Республики Казахстан 28 августа 2013 года № 8678</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>"Егемен Қазақстан" 26.09.2013 ж. № 220 (28159); "Казахстанская правда" от</w:t>
+        <w:t xml:space="preserve">"Казахстанская правда" от 26.09.2013 г. № 282 (27556); "Егемен Қазақстан" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 26.09.2013 г. № 282 (27556);</w:t>
+        <w:t>26.09.2013 ж. № 220 (28159);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00CD0494">
+    <w:p w:rsidR="00000000" w:rsidRDefault="004919F8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict>
           <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hrnoshade="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>      В соответствии со статьей 233 Трудового кодекса Республики Казахстан от 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мая 2007 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>БҰЙЫРАМЫН:</w:t>
-[...242 lines deleted...]
-        <w:t>5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1. Утвердить прилагаемые:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) Правила проведения и условия аттестации гражданских служащих в сфере образования и науки согласно приложению 1 к настоящему приказу;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) Правила проведения и условия аттестации педаго</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>гических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих образовательные учебные программы дошкольного, начального, основного среднего, общего среднего, технического и профессионального, послесреднего образ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ования согласно приложению 2 к настоящему приказу.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Признать утратившими силу:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) приказ Министра образования и науки Республики Казахстан от 22 января 2010 года № 16 «Об утверждении Правил аттестации педагогических работников» (зарегистриров</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>анный в Реестре государственной регистрации нормативных правовых актов от 18 февраля 2010 года № 6061, опубликованный в газете «Казахстанская правда» от 24 июня 2010 г. № 158 (26219));</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) приказ Министра образования и науки Республики Казахстан от 31</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> марта 2011 года № 119 «О внесении изменений и дополнений в приказ Министра образования и науки Республики Казахстан от 22 января 2010 года № 16 «Об утверждении Правил аттестации педагогических работников» (зарегистрированный в Реестре государственной реги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>страции нормативных правовых актов от 13 мая 2011 года № 6952, опубликованный в газете «Казахстанская правда» от 22 июня 2011 г. № 195 (26616)).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Административному департаменту (Оспанкулов Г.А.):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) обеспечить в установленном порядке государс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>твенную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) после прохождения государственной регистрации опубликовать настоящий приказ в средствах массовой информации и разместить на интернет-ресурсе Министерства образован</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ия и науки Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Контроль за исполнением настоящего приказа возложить на ответственного секретаря Галимову А.К.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>публикования.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Министрдің</w:t>
-[...7 lines deleted...]
-        <w:br/>
+        <w:t>      И.о. Министра                              М. Орунханов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t>«СОГЛАСОВАНО»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>міндетін атқарушы</w:t>
+        <w:t>      И.о. Министра труда и социальной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>                  </w:t>
+        <w:t>      защиты населения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>            М. Орынханов</w:t>
+        <w:t>      Республики  Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      __________________ Е. Егемберды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      от 5 августа 2013 года</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
-[...122 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Қазақстан</w:t>
-[...103 lines deleted...]
-        <w:t>№ 323 бұйрығына 1-қосымша</w:t>
+        <w:t>При</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ложение 1      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">к приказу и.о. Министра </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">образования и науки    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Республики Казахстан    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от 7 августа 2013 года № 323</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Білім және ғылым саласындағы азаматтық қызметшілерді</w:t>
+        <w:t>Правила проведения и условия аттестации гражданских служащих</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>аттестаттаудан өткізу қағидалары мен шарты</w:t>
+        <w:t>в сфере образования и науки</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>1. Жалпы ережелер</w:t>
+        <w:t>1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...307 lines deleted...]
-        <w:t xml:space="preserve"> өткізіледі.</w:t>
+        <w:t>      1. Настоящие Правила пр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>оведения и условия аттестации гражданских служащих в сфере образования и науки (далее - Правила) разработаны в соответствии со статьей 233 Трудового кодекса Республики Казахстан от 15 мая 2007 года и определяют порядок и условия проведения аттестации гражд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>анских служащих в сфере образования и науки, за исключением педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих образовательные учебные программы дошкольного, начального, основного среднего, обще</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>го среднего, технического и профессионального, послесреднего образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Данные Правила не распространяются на руководителей государственных предприятий, аттестация которых осуществляется в соответствии с постановлением Правительства Республики К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>азахстан от 18 ноября 2011 года № 1353 «Об утверждении Правил назначения и аттестации руководителя государственного предприятия, а также согласования его кандидатуры».</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Педагогические работники и приравненные к ним лица - лица, занимающие должности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, указанные в перечне должностей педагогических работников и приравненных к ним лиц, утвержденном постановлением Правительства Республики Казахстан от 30 января 2008 года № 77 «Об утверждении Типовых штатов работников государственных организаций образовани</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>я и перечня должностей педагогических работников и приравненных к ним лиц».</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Задачами аттестации являются:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) обеспечение качества кадрового состава гражданской службы в сфере образования и науки Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) повышение лично</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>стно-профессиональной готовности гражданских служащих к реализации задач, определяемых государственной образовательной, научно-технической политикой, связанных с их служебной деятельностью;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) стимулирование к непрерывному образованию гражданского сл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ужащего системы образования в рамках служебной деятельности.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5. Основными принципами аттестации гражданских служащих системы образования являются коллегиальность, открытость, системность, прозрачность, объективность.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6. Основным критерием оценк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и при аттестации является способность аттестуемого выполнять возложенные на него обязанности.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7. Аттестации подлежат все служащие, за исключением беременных женщин.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8. Аттестуемый проходит аттестацию по истечении каждых последующих пяти лет пре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бывания на занимаемой должности, за исключением руководителей организаций образования и науки, которые проходят аттестацию один раз в три года. При этом аттестация проводится не позднее шести месяцев со дня наступления указанного срока.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Служащие, нах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>одящиеся в отпуске по уходу за детьми, аттестуются не ранее, чем через шесть месяцев после выхода на службу.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9. Аттестация служащих по их изъявлению проводится до истечения указанных сроков на основании их заявления.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>2. Аттестаттауды өткізуге дайындықты ұйымдастыру</w:t>
+        <w:t>2. Организация подготовки к прове</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дению аттестации</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...484 lines deleted...]
-        <w:t>ырысына дейінгі 15 жұмыс күнінің ішінде жолдайды.</w:t>
+        <w:t>      10. Подготовка к проведению аттестации организуется кадровой службой аттестующего органа по поручению его руководителя и включает следующие мероприятия:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) подготовку необходимых документов на аттестуемых;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) разработку г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>рафиков проведения аттестации;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) определение состава аттестационных комиссий;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) организацию разъяснительной работы о целях и порядке проведения аттестации.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      11. Кадровая служба один раз в течение шести месяцев определяет служащих, подлеж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ащих аттестации.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      12. Руководитель организации по представлению кадровой службы издает приказ, которым утверждаются список аттестуемых лиц, график проведения аттестации и состав аттестационной комиссии.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      13. В состав аттестационной комиссии включ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>аются председатель аттестационной комиссии, заместитель председателя, секретарь и члены аттестационной комиссии. Количество членов Комиссии составляет нечетное число, не менее пяти человек. Из числа членов аттестационной комиссии назначаются председатель и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> секретарь. Председатель аттестационной комиссии руководит ее деятельностью, председательствует на заседаниях, планирует работу, осуществляет общий контроль и несет ответственность за деятельность и принимаемые ею решения.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      14. В состав аттестационной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комиссии включаются руководители различных подразделений, в том числе кадровой и юридической служб организации, представитель работников организации, а также иные служащие.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      15. Замещение отсутствующих членов аттестационной комиссии не допускается.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     16. Секретарем аттестационной комиссии является представитель кадровой службы, который определяется руководителем кадровой службы.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      17. Секретарь аттестационной комиссии готовит соответствующие материалы к заседанию комиссии, необходимые документ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ы и оформляет протокол после его проведения. Секретарь осуществляет техническое обслуживание, обеспечивает функционирование аттестационной комиссии и не принимает участие в голосовании.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      18. Аттестационная комиссия для проведения аттестации служащего,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> занимающего должность руководителя организации, создается должностным лицом, имеющим право его назначения на эту должность.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      19. Члены аттестационной комиссии проходят аттестацию на общих основаниях.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      20. Аттестуемый работник, являющийся членом </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>аттестационной комиссии, не принимает участие в голосовании при рассмотрении своей кандидатуры.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      21. Кадровая служба письменно уведомляет служащих о сроках проведения аттестации не позднее месяца до начала ее проведения.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      22. Непосредственный рук</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>оводитель служащего, подлежащего аттестации, оформляет служебную характеристику и направляет ее в кадровую службу.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      23. Служебная характеристика содержит обоснованную, объективную оценку профессиональных, личностных качеств и результатов служебной дея</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тельности аттестуемого служащего.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      24. Кадровая служба знакомит служащего с представленной на него служебной характеристикой в срок не позднее, чем за три недели до заседания аттестационной комиссии.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      25. Служащий вправе заявить о своем несогласи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и с представленной на него служебной характеристикой и предоставить в кадровую службу информацию, характеризующую его, в течении 5 рабочих дней.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      26. На аттестуемого служащего кадровой службой оформляется аттестационный лист по форме, согласно приложе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нию 1 к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      27. Кадровая служба направляет собранные аттестационные материалы в аттестационную комиссию в течении 15 рабочих дней до заседания аттестационной комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>3. Аттестаттауды өткізу</w:t>
+        <w:t>3. Проведение аттестации</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...551 lines deleted...]
-        <w:t>ерілген қызметтік мінездеме жеке іс қағазында сақталады, бейне немесе аудио жазба кадрлық қызметке сақтауға беріледі. Ұйым басшысы бекіткен аттестаттау комиссиясының шешімі қызметкердің қызметтік тізіміне енгізіледі.</w:t>
+        <w:t>      28. Аттестация проводится в форме с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>обеседования. Заседание аттестационной комиссии считается правомочным, если на нем присутствовали не менее двух третей ее состава.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      29. Результаты голосования определяются большинством голосов членов комиссии. При равенстве голосов голос председателя </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>комиссии является решающим.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      30. Каждым членом аттестационной комиссии на аттестуемого служащего заполняется оценочный лист, согласно приложению 2 к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      31. Решения аттестационной комиссии оформляются протоколом, который подписыв</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ается членами аттестационной комиссии и секретарем, присутствовавшими на ее заседании.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      32. Члены аттестационной комиссии имеют право на особое мнение, которое, в случае его выражения, излагается в письменной форме и прикладывается к протоколу комисси</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      33. В случае неявки аттестуемого на заседание комиссии по уважительной причине рассмотрение вопроса его аттестации переносится на более поздний срок, указанный комиссией.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      34. Уважительной причиной является:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) временная нетрудоспособно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сть гражданского служащего;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) нахождение в отпуске по беременности и родам, уходу за ребенком;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) нахождение в служебной командировке, на обучении (стажировке) по специальности за пределами Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      35. В случае отсутствия а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ттестуемого по неуважительной причине назначается повторная аттестация. При повторной неявке по неуважительной причине работник считается неаттестованным.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      36. Аттестационная комиссия после изучения представленных материалов и собеседования с аттестуе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мым принимает одно из следующих решений:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) соответствует занимаемой должности;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) подлежит повторной аттестации;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) не соответствует занимаемой должности.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      37. При проведении заседании Комиссий осуществляется видео- или аудиозапись.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      38. Принятие аттестационной комиссией решения о несоответствии занимаемой должности является отрицательным результатом аттестации.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      39. Решение аттестационной комиссии принимается открытым голосованием.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Решение аттестационной комиссии счи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тается принятым при присутствии на заседании не менее 2/3 ее членов. Результаты голосования определяются большинством голосов членов аттестационной комиссии, принявших участие в итоговом заседании. При равенстве количества голосов решающим является голос п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>редседателя.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      40. Повторная аттестация проводится через шесть месяцев с момента проведения первоначальной аттестации в порядке, определенном настоящими Правилами. Аттестационная комиссия, проведя повторную аттестацию, принимает одно из следующих решен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ий:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) соответствует занимаемой должности;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) не соответствует занимаемой должности.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      41. Аттестуемый знакомится с решением аттестационной комиссии.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      42. Решения аттестационной комиссии в месячный срок утверждаются руководителем орган</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>изации образования и науки. Утвержденные решения аттестационной комиссии заносятся в аттестационные листы служащих.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      43. Аттестационный лист служащего, прошедшего аттестацию, служебная характеристика на него хранятся в личном деле, видео- или аудиозап</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ись передается на хранение в кадровую службу. Утвержденное руководителем организации решение аттестационной комиссии заносится в послужной список служащего.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>4. Аттестаттау комиссиясының шешіміне ш</w:t>
-      </w:r>
+        <w:t>4. Обжалование решений аттестационной комиссии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>44. Служащие имеют право обжаловать приказ руководителя организации об утверждении решений аттестационной комиссии в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      45. В случаях обнаружения нарушений настоящих Правил руководитель орган</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>изации отменяет приказ и назначает повторную аттестацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение 1              </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">к Правилам проведения и       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>условиям аттестации гражданских служащих</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">в сфере образования и науки      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ағымдану</w:t>
+        <w:t>            </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Аттестационный лист на гражданского служащего,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>подлежащего аттестации</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2400"/>
+        <w:gridCol w:w="1710"/>
+        <w:gridCol w:w="1050"/>
+        <w:gridCol w:w="375"/>
+        <w:gridCol w:w="1710"/>
+        <w:gridCol w:w="960"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вид аттестации: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>очередная -</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="246380" cy="184785"/>
+                  <wp:effectExtent l="19050" t="0" r="1270" b="0"/>
+                  <wp:docPr id="2" name="Рисунок 2" descr="C:\ZAN6\Tmp\v8678_2.jpg"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 2" descr="C:\ZAN6\Tmp\v8678_2.jpg"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:link="rId4" cstate="print"/>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="246380" cy="184785"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:noFill/>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">повторная </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="246380" cy="184785"/>
+                  <wp:effectExtent l="19050" t="0" r="1270" b="0"/>
+                  <wp:docPr id="3" name="Рисунок 3" descr="C:\ZAN6\Tmp\v8678_2.jpg"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 3" descr="C:\ZAN6\Tmp\v8678_2.jpg"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:link="rId4" cstate="print"/>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="246380" cy="184785"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:noFill/>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> күшін жояды және қайта аттестаттауды белгілейді.</w:t>
+        <w:t>                 (нужное отметить знаком X)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1. Фамилия, имя, отчество ________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Да</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>та рождения «___» __________ 19 _______ г.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Сведения об образовании, о повышении квалификации,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>переподготовке (когда и какое учебное заведение окончил,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>специальность и квалификация по образованию, документы о повышении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>квалификации, переподготовке,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ученая степень, ученое звание, дата их</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>присвоения)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      4. Занимаемая должность и дата назначения, квалификационная</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>категория (разряд)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5. Общий трудовой стаж - ____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6. Общий стаж работы на должностях государственного и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>гражданского служащего</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7. Замечания и предложения, высказанные членами аттестационной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ком</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>иссии:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8. Мнение аттестуемого:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>____________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9. Оценка деятельности гражданского служащего непосредственным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>руководителем согласно служебной характеристике аттестуемого</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      10. На заседании присутствовало _____________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>членов аттестационной комиссии.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      11. Оценка деятельн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ости гражданского служащего по результатам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>голосования согласно прилагаемому оценочному листу, заполняемому</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>каждым членом аттестационной комиссии:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) соответствует занимаемой должности (количество голосов)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>______________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) подлежит повторной аттестации (количество голосов)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________________________;*</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) не соответствует занимаемой должности (количество голосов)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      12. Квалификационная категория (разряд):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) соответствует ___________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      (прописью) квалификационной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      категории (разряду) (количество голосов) ___________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>___________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      (по каждой квалификационной категории (разряду) отдельно)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) отсутствуют основания для установления квалификационной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>категории (разряда) (количество голосов) _________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Итогов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ая оценка ____________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      (квалификационная категория (разряд) с цифровым обозначением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>       указывается прописью)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      13. Рекомендации аттестационной комиссии (с указанием мотивов,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>по которым они даются)____________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      14. Примечания _____________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Председатель аттестационной комиссии: ______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>            </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>                                      (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Секретарь аттестационной комиссии: _________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                                                  (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Члены аттестационной комиссии:______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>              </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>                                    (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                                    ______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                                                  (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                                    ______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>                                  (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                                    ______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                                                  (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Дата проведения аттестации «____» ___________ 200 _____ Г.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Решение руково</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дителя организации по итогам аттестации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      С аттестационным листом ознакомился: ________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>            </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>                 (подпись гражданского служащего и дата)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Место для печати</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      * оценка при проведении повторной аттестации не выставляется</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Білім және ғылым саласындағы</w:t>
+        <w:t xml:space="preserve">Приложение 2        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>к Правилам проведения и условиям</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>аттестации гражданских служащих</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в сфере образования и науки   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Оценочный лист на гражданского служащего, подлежащего</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>аттестации (заполняется членом аттестационной комиссии)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2400"/>
+        <w:gridCol w:w="1710"/>
+        <w:gridCol w:w="1050"/>
+        <w:gridCol w:w="375"/>
+        <w:gridCol w:w="1710"/>
+        <w:gridCol w:w="960"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вид аттестации: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>очередная -</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="246380" cy="184785"/>
+                  <wp:effectExtent l="19050" t="0" r="1270" b="0"/>
+                  <wp:docPr id="4" name="Рисунок 4" descr="C:\ZAN6\Tmp\v8678_2.jpg"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 4" descr="C:\ZAN6\Tmp\v8678_2.jpg"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:link="rId4" cstate="print"/>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="246380" cy="184785"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:noFill/>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>повторная -</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="246380" cy="184785"/>
+                  <wp:effectExtent l="19050" t="0" r="1270" b="0"/>
+                  <wp:docPr id="5" name="Рисунок 5" descr="C:\ZAN6\Tmp\v8678_2.jpg"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 5" descr="C:\ZAN6\Tmp\v8678_2.jpg"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:link="rId4" cstate="print"/>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="246380" cy="184785"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:noFill/>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(нужное отметить знаком X)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ф.И.О. _________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Должность ______________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Оценка аттестуемого ____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      (отлично, хорошо, удовлетворительн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о, неудовлетворительно)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Решение члена аттестационной комиссии (одно из перечисленных:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>соответствует занимаемой должности; подлежит повторной аттестации*;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>не соответствует занимаемой должности):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Обоснование членом аттестационной комиссии своего решения:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>______________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Соответствует квалификационной категории (разряду) _________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Отсутствуют основания для установления квалификационной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>категории (разряда) ___________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Обоснование: _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Член аттестационной комиссии  __________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                                            (Ф.И.О., подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Секретарь аттестационной комис</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сии ______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                                         (Ф.И.О., подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Дата «__» __________ 200 ______ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      * при проведении повторной аттестации не выносится</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение 2        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">к приказу и.о. Министра   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>образования и науки   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...54 lines deleted...]
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">Республики Казахстан    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от 7 августа 2013 года № 323</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Аттестаттауға жататын азаматтық</w:t>
+        <w:t>Правила проведения и условия аттестации педагогических</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>қызметшіні</w:t>
+        <w:t>работников и приравненных к ним лиц, занимающих должности в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> аттестаттау парағы</w:t>
-[...17 lines deleted...]
-        <w:t> </w:t>
+        <w:t>организациях образования, реализующих образовательные учебные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>программы дошкольного,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> начального, основного среднего, общего</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>среднего, технического и профессионального,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>послесреднего образования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
-          <w:sz w:val="20"/>
-[...945 lines deleted...]
-        <w:t>__________</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...24 lines deleted...]
-        <w:t>(қолы)</w:t>
+        <w:t>      1. Настоящие Правила проведения и условия аттестации педагогических работников и приравненных к ним лиц, занимающих должн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ости в организациях образования, реализующих образовательные учебные программы дошкольного, начального, основного среднего, общего среднего, технического и профессионального, послесреднего образования (далее - Правила) разработаны в соответствии со статьей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 233 Трудового кодекса Республики Казахстан от 15 мая 2007 года, Закона Республики Казахстан «Об образовании» от 27 июля 2007 года и определяют порядок и условия проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в организациях образования, реализующих образовательные учебные программы дошкольного, начального, основного среднего, общего среднего, технического и профессионального, послесреднего образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Данные Правила не распространяются на руководител</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ей государственных предприятий, аттестация которых осуществляется в соответствии с постановлением Правительства Республики Казахстан от 18 ноября 2011 года № 1353 «Об утверждении Правил назначения и аттестации руководителя государственного предприятия, а т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>акже согласования его кандидатуры».</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Аттестация проводится с целью определения соответствия педагогического работника и приравненных к ним лиц квалификационным требованиям на основе оценки его профессиональной компетентности, а также для обеспечени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>я единого подхода при проведении аттестации педагогических работников организаций образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Задачами аттестации являются:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) обеспечение высокого качества кадрового состава педагогических работников и приравненных к ним лиц;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) повы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>шение личностно-профессиональной готовности педагогических работников и приравненных к ним лиц к реализации задач, определяемых государственной образовательной политикой, связанных с их служебной деятельностью;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) стимулирование к непрерывному образо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ванию педагогических работников и приравненных к ним лиц в рамках служебной деятельности.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5. Основными принципами аттестации педагогических работников и приравненных к ним лиц являются коллегиальность, открытость, системность, прозрачность, объективн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ость.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6. В настоящих Правилах применяются следующие термины и определения:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) аттестация педагогических работников и приравненных к ним лиц на присвоение (подтверждение) квалификационной категории - порядок последовательных действий, фиксирующи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>й комплексную оценку профессиональных компетенций работника, необходимых для выполнения профессиональной деятельности по специальности;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) аттестационная комиссия - коллегиальный орган, уполномоченный проводить процедуру аттестации и процедуру присво</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ения (подтверждения) квалификационных категорий педагогическим работникам и приравненным к ним лицам;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) квалификационная категория - уровень требований к квалификации работника, отражающий результативность выполнения работ;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) квалификационное</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тестирование (далее - тестирование) - один из обязательных этапов при досрочной аттестации педагогических работников, который проводится для определения уровня профессиональной компетентности по тестам, разработанным Национальным центром тестирования Мини</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>стерства образования и науки Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) комплексное аналитическое обобщение итогов деятельности - совокупность мероприятий по оценке профессиональной компетентности педагогического работника, на основе системного, последовательного и об</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ъективного изучения его профессиональной деятельности;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) организация повышения квалификации - организация образования, реализующая образовательные программы повышения квалификации педагогических работников;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) педагогические работники и прирав</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ненные к ним лица - лица, занимающие должности, указанные в перечне должностей педагогических работников и приравненных к ним лиц, утвержденном постановлением Правительства Республики Казахстан от 30 января 2008 года № 77 «Об утверждении Типовых штатов раб</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>отников государственных организаций образования и перечня должностей педагогических работников и приравненных к ним лиц»;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8) уровневые курсы - курсы повышения квалификации педагогов общеобразовательных школ по программам 1, 2, 3 уровней;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9) экс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>пертиза - комплексная оценка уровня профессионализма педагога и результатов педагогической деятельности;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      10) экспертная группа - независимый коллегиальный орган, сформированный из числа научно-педагогических работников системы повышения квалификации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>для оценки уровня профессионализма педагогического работника и степени соответствия квалификационным требованиям.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
-          <w:sz w:val="20"/>
-[...43 lines deleted...]
-        <w:t>олы)</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. Аттестационные комиссии, их состав и полномочия</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...24 lines deleted...]
-        <w:t>(қолы)</w:t>
+        <w:t>      7. Для проведения аттестации педагогических работников и приравненных к ним лиц на пр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>исвоение (подтверждение) квалификационных категорий создаются аттестационные комиссии в организациях образования, районных (городских) отделах, управлениях образования областей, городов Астана и Алматы, в уполномоченном органе в области образования (для ре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>спубликанских подведомственных организаций), в уполномоченных органах соответствующей отрасли.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8. В состав аттестационной комиссии включаются председатель аттестационной комиссии, заместитель председателя, секретарь и члены аттестационной комиссии. В</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аттестационную комиссию входят наиболее опытные педагогические работники организаций образования, представители научно-педагогических структур, учебно-методических объединений, системы повышения квалификации, профсоюзов, производственных структур (для тех</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нического и профессионального, послесреднего образования, либо другими формами коллегиального управления), кадровых служб, специалисты органов управления образованием, представители Национальной палаты предпринимателей (для технического и профессионального</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, послесреднего образования).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9. Аттестационная комиссия состоит из нечетного количества членов. Аттестуемый работник, являющийся членом аттестационной комиссии, не принимает участие в голосовании при рассмотрении своей кандидатуры.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      10. Состав </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аттестационной комиссии организации образования определяется соответствующим коллегиальным органом (педагогический совет школы, учебных заведений технического и профессионального, послесреднего образования) и утверждается приказом руководителя организации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      11. Состав аттестационной комиссии органа управления образованием утверждается приказом руководителя органа управления образованием.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      12. Заседания аттестационной комиссии протоколируются секретарем. В протоколах фиксируются решения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и результаты голосования членов аттестационной комиссии. Протокол заседания аттестационной комиссии подписывается председателем, заместителем председателя, секретарем и членами аттестационной комиссии, присутствовавшими на заседании.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Решение аттеста</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ционной комиссии считается принятым при присутствии на заседании не менее 2/3 ее членов. Результаты голосования определяются большинством голосов членов аттестационной комиссии, принявших участие в итоговом заседании. При равенстве количества голосов решаю</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>щим является голос председателя.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      13. Аттестацию руководителей и заместителей руководителей организаций образования областного подчинения проводят аттестационные комиссии управлений образования областей, городов Астаны и Алматы.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Аттестацию руков</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>одителей и заместителей республиканских подведомственных организаций образования проводит уполномоченный орган в области образования, в других государственных органах, имеющих организации образования в своем ведомстве, проводят уполномоченные органы соотве</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тствующей отрасли.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Аттестацию руководителей организаций образования, заместителей руководителей организаций образования проводят аттестационные комиссии районных (городских) отделов образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      14. Аттестационные комиссии в процессе аттестации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляют следующие функции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) определяют место и дату проведения всех этапов аттестации;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) рассматривают и анализируют итоги деятельности аттестуемых заместителей, руководителей организаций образования, руководителей структурных подразде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лений организаций образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) объективно оценивают профессиональную компетентность аттестуемого;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) соблюдают законность, проявляют доброжелательность, тактичность и корректность при проведении собеседования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) обеспечивают информаци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>онное сопровождение организации и проведения аттестации.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      15. Аттестационные комиссии соответствующих уровней в процессе присвоения (подтверждения) квалификационных категорий педагогическим работникам осуществляют следующие функции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) аттестаци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>онная комиссия организации образования на основании заключения экспертной группы утверждает вторую квалификационную категорию; формирует материалы педагогов для присвоения (подтверждения) первой и высшей категории;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) аттестационная комиссия районног</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о (городского) отдела образования на основании заключения экспертной группы утверждает первую квалификационную категорию педагогов организаций дошкольного воспитания и обучения, начального, основного среднего, общего среднего, дополнительного образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) аттестационная комиссия управления образования областей, городов Астана и Алматы на основании заключения экспертной группы утверждает высшую квалификационную категорию педагогов организаций дошкольного воспитания и обучения, начального, основного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>среднего, общего среднего, дополнительного, специального (коррекционного) образования, утверждает первую и высшую категории педагогов организаций технического и профессионального, послесреднего образования, а также организаций образования областного подчин</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ения.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Аттестационная комиссия уполномоченных государственных органов соответствующей отрасли в области образования утверждает первую и высшую квалификационную категории педагогическим работникам республиканских подведомственных организаций образовани</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>я.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Аттестационная комиссия отраслевых государственных органов утверждает первую и высшую квалификационную категорию педагогическим работникам организаций образования.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
-          <w:sz w:val="20"/>
-[...19 lines deleted...]
-        <w:t>(қолы)</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3. Проведение аттестации</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t> </w:t>
-[...24 lines deleted...]
-        <w:t>(қолы)</w:t>
+        <w:t>      16. Аттестация педагогических работников осуществляе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тся одноэтапно путем комплексного аналитического обобщения итогов деятельности педагогического работника согласно квалификационным характеристикам должностей педагогических работников. При этом определяются:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) выполнение государственных общеобязател</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ьных стандартов соответствующего уровня образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) соблюдение квалификационных требований, предъявляемых к уровню квалификации педагогического работника, в соответствии с заявленной квалификационной категорией;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) выполнение в своей профес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сиональной деятельности требований нормативных правовых актов Республики Казахстан в области образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      17. Педагогический работник проходит аттестацию на присвоение (подтверждение) квалификационных категорий не реже одного раза в пять лет.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>8. Аттестация педагогического работника осуществляется в соответствии со специальностью, указанной в дипломе об образовании.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В случае преподавания дисциплин, указанных в дипломе об образовании как одна специальность, аттестация педагогического работн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ика проводится по основной должности с указанием предметов в соответствии с указанной в дипломе специальностью.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      19. Аттестация педагогического работника является основанием для начисления соответствующих доплат педагогическим работникам организаций о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бразования, утвержденным постановлением Правительства Республики Казахстан от 29 декабря 2007 г. № 1400 «О системе оплаты труда гражданских служащих, работников организаций, содержащихся за счет средств государственного бюджета, работников казенных предпри</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ятий».</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      20. Для педагогических работников малокомплектных школ в случае преподавания дисциплин, не указанных в дипломе, аттестация проводится по занимаемой должности при наличии удостоверения или сертификата о профессиональном обучении на курсах переп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>одготовки с присвоением соответствующей квалификации.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      21. B случае преподавания педагогом дисциплин, по которым не осуществляется профессиональная подготовка специалистов в высших учебных заведениях (далее - вуз) или организациях образования техничес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кого и профессионального, послесреднего образования, за ним сохраняется ранее полученная категория, а аттестация проводится на общих основаниях при наличии соответствующего сертификата о повышении квалификации.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Педагогические работники специальных и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>специальных (коррекционных) организаций образования, специальных классов (групп) проходят аттестацию по специальности, указанной в дипломе об образовании. В случае ведения деятельности в специальных и специальных (коррекционных) организациях образования, с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>пециальных классах (групп) не по специальности, указанной в дипломе об образовании, аттестация проводится по занимаемой должности на основании сертификата, полученного в результате прохождения курсов переподготовки в организациях образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Педагог</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ические работники, преподающие в специальных (коррекционных) организациях образования дисциплины, указанные в дипломе, аттестуются по преподаваемым дисциплинам на основании сертификата, полученного в результате прохождения переподготовки в организациях обр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>азования.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Аттестация педагогических работников общеобразовательных школ, реализующих инклюзивное образование, проходит в соответствии с указанной в дипломе специальностью и с учетом прохождения курсов повышения квалификации по дополнительным дисципли</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нам (специальная педагогика, специальная психология и др.).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Аттестация педагогических работников организаций образования отраслевых государственных органов осуществляется аттестационными комиссиями организаций образования и соответствующих государств</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>енных органов.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      22. Педагоги организаций образования по собственному желанию на основании заявления претендуют на досрочную аттестацию:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) на вторую квалификационную категорию:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      лица, окончившие высшее учебное заведение с «отличием» и имеющ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ие стаж педагогической деятельности не менее одного года;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лица, окончившие высшее учебное заведение по программе «Болашақ» и имеющие стаж педагогической деятельности не менее одного года;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      лица, окончившие среднее профессиональное (техническое и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> профессиональное, послесреднее) учебное заведение с «отличием» и имеющие стаж педагогической деятельности не менее одного года;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      лица, перешедшие с производства на педагогическую работу в организации технического и профессионального, послесреднего об</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>разования, имеющие стаж производственной работы не менее трех лет;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      лица, прошедшие повышение квалификации по уровневым курсам;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) на первую квалификационную категорию:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      лица, перешедшие из вуза на педагогическую работу в организации образо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>вания, имеющие стаж педагогической работы не менее трех лет и академическую степень магистра;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      лица, имеющие вторую квалификационную категорию, являющиеся победителями профессиональных конкурсов, педагогических олимпиад областного уровня;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      лица, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>имеющие вторую квалификационную категорию, подготовившие участников предметных олимпиад, творческих конкурсов, научных и спортивных соревнований областного уровня, различных форм участия (очных, заочных, дистанционных);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      лица, имеющие вторую квалифика</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ционную категорию, обобщившие собственный педагогический опыт на областном уровне;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      лица, прошедшие повышение квалификации по уровневым курсам;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) на высшую квалификационную категорию:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      лица, имеющие первую квалификационную категорию, подго</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>товившие участников предметных олимпиад, творческих конкурсов, научных и спортивных соревнований республиканского или международного уровня, различных форм участия (очных, заочных, дистанционных);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      лица, имеющие первую квалификационную категорию, явля</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ющиеся участниками профессиональных конкурсов, педагогических олимпиад республиканского или международного уровня, различных форм участия (очных, заочных, дистанционных);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      лица, имеющие первую квалификационную категорию, обобщившие собственный педагог</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ический опыт на областном или на республиканском, или международном уровне;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      лица, имеющие первую квалификационную категорию, получившие за межаттестационный период академическую степень магистра, доктора философии (PhD), доктора по профилю по препода</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ваемой специальности, имеющие стаж педагогической работы не менее четырех лет;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      лица, перешедшие на педагогическую работу в организации образования из вуза, института повышения квалификации, организации технического и профессионального, послесреднего </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>образования, имеющие стаж педагогической работы не менее четырех лет;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      лица, перешедшие на педагогическую работу в организации образования, имеющие академическую степень магистра, доктора философии (PhD) или ученую степень по преподаваемой специальнос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ти, имеющие стаж педагогической работы не менее четырех лет;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      лица, прошедшие повышение квалификации на курсах по уровневым программам.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      23. При переходе с методической работы на преподавательскую деятельность квалификационная категория методиста</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приравнивается к квалификационной категории по преподаваемому предмету, указанному в дипломе, и сохраняется до истечения ее срока действия.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      При переходе с преподавательской деятельности на методическую работу имеющаяся квалификационная категория по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>предмету приравнивается к квалификационной категории методиста и сохраняется до истечения ее срока действия.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      24. Педагогические работники, претендующие на досрочную аттестацию, проходят аттестацию в два этапа:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) первый этап - квалификационное </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тестирование;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) второй этап - аналитическое обобщение итогов деятельности.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Число тестовых вопросов составляет 60:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) знание законодательства Республики Казахстан - 20 вопросов;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) основы педагогики и психологии - 20 вопросов;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) основы предметных знаний - 20 вопросов.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Общее время тестирования составляет 120 минут, за исключением педагогических работников, тестируемых по основам предметных знаний по математике, физике, химии, для которых общее время тестирования составляе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>т 150 минут.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Результат тестирования считается положительным при получении не менее 70% правильных ответов по основам предметных знаний, 50% - по основам педагогам и психологии, 50% - по законодательству Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Педагогические рабо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тники, показавшие отрицательные результаты тестирования или отсутствовавшие по уважительным причинам, проходят повторное тестирование в срок не позднее двух месяцев после первого тестирования.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Уважительными причинами являются:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) потеря трудосп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>особности на длительное время (не более двух месяцев);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) нахождение в отпуске по беременности и родам, уходу за ребенком;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) нахождение в командировке по специальности за рубежом.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Педагогические работники, получившие при повторном тестир</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>овании отрицательный результат, не допускаются ко второму этапу аттестации.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Дата проведения тестирования сообщается педагогическому работнику не позднее, чем за 2 недели до проведения процедуры.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Тестирование проводится с 15 октября по 15 декабр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>я в соответствии с графиками, утвержденными управлениями образования областей, городов Астаны и Алматы, уполномоченный орган в области образования, отраслевыми государственными органами, имеющими в своем ведении организации образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      25. Руководит</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ели организаций образования, их заместители, руководители структурных подразделений организации образования, методические работники, работники отделов и управлений образования, государственные и гражданские служащие, другие лица, ведущие преподавательскую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>работу по совместительству, аттестуются по преподаваемому предмету на общих основаниях.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      26. Квалификационные категории педагогического работника и приравненных к ним лиц сохраняются за ними в течение пяти лет на всей территории Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      При переходе на новое место работы в педагогической отрасли в пределах Республики Казахстан за педагогическим работником сохраняется имеющаяся квалификационная категория до истечения срока ее действия.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      27. На аттестацию (очередная и досрочная) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>в следующем учебном году до 25 мая текущего года педагогические работники дошкольного воспитания и обучения, начального, основного среднего и общего среднего, специального, дополнительного, специального, коррекционного, технического и профессионального, по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>слесреднего образования в аттестационную комиссию организации образования подают заявление по форме согласно приложению 1 к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      28. Списочный состав аттестуемых педагогических работников утверждается решением коллегиального органа орг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>анизации образования ежегодно до 10 июня и представляется в районные (городские) отделы образования, управления образования областей, городов Астана и Алматы, уполномоченный орган в области образования (для республиканских подведомственных организаций).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>    29. Анализ итогов деятельности аттестуемых педагогических работников на соответствие заявленной квалификационной категории проводят экспертные группы:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      на вторую квалификационную категорию - экспертные группы, организуемые на уровне организации об</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>разования, в состав которой входят: представители методических объединений, предметно-цикловых комиссий, кафедр, методисты, опытные педагогические работники организаций образования, представители производственных структур, общественных организаций, профсою</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>зов, родительской общественности;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      на первую квалификационную категорию - экспертные группы, организуемые на уровне района (города), в состав которых входят: методисты методических кабинетов, руководители методических объединений, опытные педагогическ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ие работники района (города), системы повышения квалификации, представители производственных структур, общественных организаций, профсоюзов, родительской общественности;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      на первую квалификационную категорию педагогических работников организаций образ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ования областного значения и высшую квалификационную категорию - экспертные группы, организуемые на уровне области, в состав которых входят: представители методических кабинетов, системы повышения квалификации, производственных структур, общественных орган</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>изаций, профсоюзов, опытные педагогические работники области.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В состав экспертной группы уполномоченного органа в области образования (для республиканских подведомственных организаций) входят:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      методисты методических кабинетов (центров), предста</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>вители системы повышения квалификации, опытные педагоги.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      30. Комплексное аналитическое обобщение итогов деятельности педагогического работника проводится экспертными группами ежегодно с 1 января по 31 марта.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      31. Для установления соответствия де</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ятельности педагогического работника заявленной квалификационной категории на рассмотрение экспертных групп представляются следующие документы:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) копии документов, необходимых для обязательного представления всеми аттестуемыми педагогическими работн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>иками:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      заявление на аттестацию;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      документ, удостоверяющий личность;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      диплом об образовании;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      трудовая книжка;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      удостоверение о ранее присвоенной квалификационной категории;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      документы о прохождении курсов повышения квалификац</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ии;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) сведения о профессиональных достижениях (при их наличии):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      материалы обобщения педагогического опыта: эссе, творческий отчет, самоанализ профессиональной деятельности;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      документы, свидетельствующие о научно-методической деятельности </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>педагога: участие в научно-практических конференциях, творческих конкурсах, семинарах, круглых столах, педагогических чтениях различного уровня; копии публикаций научно-методических материалов в периодической печати, средствах массовой информации;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      ит</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>оги независимой оценки профессиональной компетентности педагогического работника: отзывы, результаты анкетирования обучающихся и воспитанников, родителей, коллег и администрации; отзывы со стороны руководителей баз практик, работодателей, информация о пост</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>уплениях в вуз или трудоустройстве;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      результаты педагогической деятельности: документы, подтверждающие участие педагогического работника, обучающихся и воспитанников в учебных, творческих, спортивных, предметных олимпиадах, конкурсах, смотрах, соревно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ваниях, играх; наградные материалы педагогического работника;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      динамика результативности профессиональной деятельности работника за последние три года (при досрочной аттестации - 1-2 года).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      32. Анализ итогов деятельности аттестуемого педагогичес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кого работника фиксируется протоколом заседания экспертной группы. По каждому педагогическому работнику организации образования экспертная группа делает заключение (рекомендовать (не рекомендовать) для аттестации), которое предоставляется аттестационной ко</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>миссии организации образования ежегодно не позднее 31 марта.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      33. На рассмотрение аттестационных комиссий всех уровней представляются следующие документы:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) заявление на аттестацию;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) копия документа, удостоверяющего личность;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>опия диплома об образовании;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) копия документа о повышении квалификации;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) копия трудовой книжки;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      6) копия удостоверения о ранее присвоенной квалификационной категории (кроме педагогических работников, перешедших из организации высшего </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>образования и не имеющих квалификационных категорий);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) заключение экспертной группы.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      34. По каждому педагогическому работнику организации образования аттестационная комиссия выносит одно из следующих решений:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      соответствует требованиям к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>валификационной категории;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      не соответствует требованиям квалификационной категории.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      35. Решение об отклонении присвоения (подтверждения) квалификационной категории педагогическому работнику оформляется отдельным протоколом с подробным обоснован</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ием.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      36. При принятии аттестационной комиссией решения «не соответствует требованиям квалификационной категории» квалификационная категория снижается на один уровень, а в случае досрочной аттестации за ним сохраняется имеющаяся квалификационная катег</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ория до завершения срока ее действия.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      37. Решение о снижении квалификационной категории и, соответственно, оплаты труда оформляется приказом руководителя организации образования на основании решения аттестационной комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
-          <w:sz w:val="20"/>
-[...19 lines deleted...]
-        <w:t>(қолы)</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4. Заключительные положени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>я</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...67 lines deleted...]
-        <w:t>__________________________________________________________________</w:t>
+        <w:t>      38. Приказ о присвоении (подтверждении) квалификационных категорий педагогическим работникам должен быть издан руководителями всех уровней не позднее 1 июля следующего года и вступает в силу с 1 сентября следующего учебного года.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      39. Изготовл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ение и выдача удостоверений об аттестации педагогического работника на присвоение (подтверждение) квалификационной категории по форме согласно приложению 2 к настоящим Правилам осуществляется организацией образования, в которой работала аттестационная коми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ссия, не позднее 31 августа следующего года.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Выдача удостоверений аттестованным педагогическим работникам о присвоенной (подтвержденной) квалификационной категории фиксируется в журнале регистрации и выдачи удостоверений о присвоении (подтверждении) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>квалификационной категории по форме согласно приложению 3 к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      40. В случае несогласия с решением аттестационной комиссии работник может обжаловать его в судебном порядке.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      41. Квалификационные категории продлеваются на основани</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и заявлений педагогических работников, но не более, чем на два года в следующих случаях:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) временная нетрудоспособность педагогического работника;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) нахождение в отпуске по беременности и родам, уходу за ребенком;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) нахождение в служеб</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ной командировке, на обучении (стажировке) по специальности за пределами Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) возобновление работы в должности, по которой присвоена квалификационная категория, независимо от причин ее прекращения;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) смена места работы в пр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>еделах Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) осуществление педагогической деятельности лицами, прибывшими в Республику Казахстан из стран ближнего и дальнего зарубежья при наличии документов, подтверждающих образование, трудовой стаж и квалификационную категорию.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      42. В случае истечения срока действия квалификационной категории педагогическим работникам, которым до пенсии по возрасту остается не более 4 лет, имеющиеся у них квалификационные категории сохраняются до наступления пенсионного возраста. Если педаг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>огический работник намерен завершить педагогическую деятельность в связи с выходом на пенсию, он подаст в аттестационную комиссию организации образования письменное заявление с просьбой освободить его от очередного присвоения (подтверждения) категории. Пед</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>агогические работники пенсионного возраста, работающие более одного года, как в штате организации образования, так и по трудовому договору, аттестуются на общих основаниях.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      43. Уровень оплаты труда в соответствии с присвоенной/подтвержденной квалифик</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ационной категорией педагогическим работникам организаций дошкольного воспитания и обучения, начального, основного среднего, общего среднего, специального (коррекционного), дополнительного, технического и профессионального, послесреднего образования устана</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>вливается с 1 сентября учебного года.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
-[...108 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Аттестаттауға жататын</w:t>
-[...71 lines deleted...]
-        <w:t xml:space="preserve">       </w:t>
+        <w:t xml:space="preserve">Приложение 1               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">к Правилам проведения и условиям     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">аттестации педагогических работников и   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">приравненных к ним лиц, занимающих должности </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">в организациях образования, реализующих   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>образовательные учебн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ые программы дошкольного,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>начального, основного среднего, общего среднего,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">технического и профессионального,       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">послесреднего образования проведения аттестации  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">педагогических работников и приравненных к ним лиц </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
-[...632 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Қазақстан</w:t>
-[...119 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">форма            </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(наименование аттестационной комиссии по подтверждению/присвоению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                             категорий)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      (фамилия, имя и отчество пед</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>агога (при наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      (должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>                              </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Мектепке дейінгі, бастауыш, негізгі орта, жалпы орта,</w:t>
-[...97 lines deleted...]
-        <w:t>теңестірілген тұлғаларды аттестаттаудан өткізу қағидалары мен шарты</w:t>
+        <w:t>ЗАЯВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
-          <w:b/>
-[...5 lines deleted...]
-        <w:t>1. Жалпы ережелер</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Прошу аттестовать меня в 20 ____ году на ____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">квалификационную категорию </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>по должности ___________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В настоящее время имею __ категорию, действительную до __ года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Основанием считаю следующие результаты работы _______________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...4001 lines deleted...]
-        <w:t>                               Білімі:</w:t>
+        <w:t>                  Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                            Образование:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="8760" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2925"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2927"/>
+        <w:gridCol w:w="2550"/>
+        <w:gridCol w:w="2535"/>
+        <w:gridCol w:w="2565"/>
       </w:tblGrid>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcW w:w="2550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Оқу орнының атауы</w:t>
+              <w:t>Наименование учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcW w:w="2535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Оқу кезеңі</w:t>
+              <w:t>Период обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3225" w:type="dxa"/>
+            <w:tcW w:w="2565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Диплом бойынша мамандық</w:t>
+              <w:t>Специальность по диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcW w:w="2550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcW w:w="2535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3225" w:type="dxa"/>
+            <w:tcW w:w="2565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Жұмыс өтілі:</w:t>
+        <w:t>           </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>       Стаж работы:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="8760" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2109"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2164"/>
+        <w:gridCol w:w="1935"/>
+        <w:gridCol w:w="1920"/>
+        <w:gridCol w:w="1920"/>
+        <w:gridCol w:w="1935"/>
       </w:tblGrid>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:tcW w:w="1935" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Жалпы</w:t>
+              <w:t>Общий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Мамандық бойынша</w:t>
+              <w:t>По специальности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Педагогикалық</w:t>
+              <w:t>Педагогический</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcW w:w="1935" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Осы білім беру ұйымында</w:t>
+              <w:t>В данной организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:tcW w:w="1935" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcW w:w="1935" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...23 lines deleted...]
-        <w:t>(берілген) жылын көрсете отырып ________________________________</w:t>
+        <w:t>      Награды, звания, ученая степень, ученое звание с указанием года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>получения (присвоения) _____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...7 lines deleted...]
-        <w:t>Аттестаттаудан өткізу қағидаларымен таныстым</w:t>
+        <w:t>      С Правилами проведения аттестации ознакомлен</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>                                «____» __________ 20 ___ года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                                         __________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                                              (Подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>20___жылғы «___»__________</w:t>
-[...32 lines deleted...]
-        <w:t xml:space="preserve">        </w:t>
+        <w:t>Приложение 2               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">к Правилам проведения и условиям     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">аттестации педагогических работников и   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">приравненных к ним лиц, занимающих должности </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">в организациях образования, реализующих   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>образовательные учебные программы дошкольного,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>начального, основного среднего, обще</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>го среднего,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">технического и профессионального,       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">послесреднего образования проведения аттестации  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">педагогических работников и приравненных к ним лиц </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Мектепке дейін</w:t>
-[...143 lines deleted...]
-        <w:t xml:space="preserve">             </w:t>
+        <w:t xml:space="preserve">форма            </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>                        УДОСТОВЕРЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>об аттестации педагогического работника на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      присвоение/подтверждение квалификационной категории</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Настоящее удостоверение выдано _________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>            (фамилия, имя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и отчество (при наличии))</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в том, что в соответствии с решением аттестационной комиссии по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>присвоению/подтверждению квалификационных категорий от</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>«___» ____ 20 ____ года и приказом __________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                        (полное на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>именование организации образования)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>№ _____ от «____» ____20 ____ года присвоена/подтверждена ___________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>квалификационная категория _________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                                            (наименование должности)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Предсе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>датель комиссии ________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                    (фамилия, имя и отчество (при наличии)) (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Секретарь комиссии ___________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                    (фамилия, имя и отчество (при наличии)) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Место печати</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Регистрационный номер _______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Дата выдачи «____» __________ 20 ____ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Место выдачи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>нысан</w:t>
+        <w:t xml:space="preserve">Приложение 3                    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">к Правилам проведения и условиям          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">аттестации педагогических работников и       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>приравненных к ним лиц, з</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">анимающих должности   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">в организациях образования, реализующих      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">образовательные учебные программы дошкольного, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">начального, основного среднего, общего среднего,  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">технического и профессионального,         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>послесреднего образования проведения аттестац</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ии  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">педагогических работников и приравненных к ним лиц </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">форма            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>КУӘЛІК</w:t>
-[...11 lines deleted...]
-      </w:pPr>
+        <w:t>                  Журнал регистрации и выдачи удостоверений о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Біліктілік санаттарын беру/растау үшін педагог қызметкерді аттестаттау туралы</w:t>
-[...628 lines deleted...]
-        <w:t>(білім беру ұйымының атауы) </w:t>
+        <w:t>            присвоении/подтверждение квалификационной категории</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9720" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
-          <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:right w:w="15" w:type="dxa"/>
+          <w:top w:w="60" w:type="dxa"/>
+          <w:left w:w="60" w:type="dxa"/>
+          <w:bottom w:w="60" w:type="dxa"/>
+          <w:right w:w="60" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="604"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1337"/>
+        <w:gridCol w:w="475"/>
+        <w:gridCol w:w="1067"/>
+        <w:gridCol w:w="1776"/>
+        <w:gridCol w:w="1539"/>
+        <w:gridCol w:w="2012"/>
+        <w:gridCol w:w="1421"/>
+        <w:gridCol w:w="1185"/>
       </w:tblGrid>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcW w:w="390" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>р/с</w:t>
+              <w:t>п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="945" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Тегі, аты, әкесінің аты</w:t>
+              <w:t>Фамилия, имя, отчество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcW w:w="1575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Лауазым атауы және берілетін біліктілік санаты</w:t>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>должности и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>присвоенной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>квалификацион-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ной категории</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1470" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Аттестаттау комиссиясы шешімінің күні</w:t>
+              <w:t>Дата решения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>аттестацион-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ной комиссии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Біліктілік санаттарын беру/растау туралы бұйрықтың күні мен нөмірі</w:t>
+              <w:t>Дата и номер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>приказа о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>присвоении/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>подтверждении</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>и квалификационной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>категории</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="1290" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Куәліктің берілген күні</w:t>
+              <w:t>Дата</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>выдачи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>удостовере-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ния</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:tcW w:w="1035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Алған педагогтың қолы</w:t>
+              <w:t>Подпись</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>педагога</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>в получении</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcW w:w="390" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="945" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcW w:w="1575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1470" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="1290" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:tcW w:w="1035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcW w:w="390" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="945" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcW w:w="1575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1470" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="1290" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:tcW w:w="1035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E02C47">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00597F08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E02C47" w:rsidRDefault="00E02C47">
+    <w:p w:rsidR="00597F08" w:rsidRDefault="00597F08">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00E02C47">
+    <w:sectPr w:rsidR="00597F08">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -10953,54 +8443,54 @@
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:view w:val="web"/>
   <w:zoom w:percent="86"/>
   <w:defaultTabStop w:val="708"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00CD0494"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E02C47"/>
+    <w:rsidRoot w:val="004919F8"/>
+    <w:rsid w:val="004919F8"/>
+    <w:rsid w:val="00597F08"/>
+    <w:rsid w:val="00B65DB6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -11234,51 +8724,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="file:///C:\ZAN6\Tmp\00022.jpg" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="file:///C:\ZAN6\Tmp\v8678_2.jpg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11524,52 +9014,52 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>43079</Characters>
+  <Pages>8</Pages>
+  <Words>8102</Words>
+  <Characters>46187</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>358</Lines>
-  <Paragraphs>101</Paragraphs>
+  <Lines>384</Lines>
+  <Paragraphs>108</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>50535</CharactersWithSpaces>
+  <CharactersWithSpaces>54181</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>V1300008678.20130807.kaz</dc:title>
+  <dc:title>V1300008678.20130807.rus</dc:title>
   <dc:creator>Асхат</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>