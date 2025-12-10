--- v0 (2025-10-08)
+++ v1 (2025-12-10)
@@ -2005,138 +2005,138 @@
           <w:p w:rsidR="00022FEF" w:rsidRPr="00022FEF" w:rsidRDefault="00022FEF" w:rsidP="00022FEF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="851"/>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00022FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2) заңды тұлғаның мемлекеттік тіркеу (қайта тіркеу) туралы </w:t>
             </w:r>
-            <w:r w:rsidR="003C2B58">
+            <w:r w:rsidR="00894251">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="003C2B58" w:rsidRPr="008F2D74">
+            <w:r w:rsidR="00894251" w:rsidRPr="00D64328">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:instrText>HYPERLINK "http://adilet.zan.kz/kaz/docs/V1500011384" \l "z86"</w:instrText>
             </w:r>
-            <w:r w:rsidR="003C2B58">
+            <w:r w:rsidR="00894251">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00022FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>анықтамасы</w:t>
             </w:r>
-            <w:r w:rsidR="003C2B58">
+            <w:r w:rsidR="00894251">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00022FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t> немесе куәлігінің, жарғының, банктен анықтаманың, </w:t>
             </w:r>
-            <w:r w:rsidR="003C2B58">
+            <w:r w:rsidR="00894251">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="003C2B58" w:rsidRPr="008F2D74">
+            <w:r w:rsidR="00894251" w:rsidRPr="00D64328">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:instrText>HYPERLINK "http://adilet.zan.kz/kaz/docs/V080005446_" \l "z454"</w:instrText>
             </w:r>
-            <w:r w:rsidR="003C2B58">
+            <w:r w:rsidR="00894251">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00022FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>салық</w:t>
             </w:r>
-            <w:r w:rsidR="003C2B58">
+            <w:r w:rsidR="00894251">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00022FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>органдарынан қарызының жоқтығы туралы </w:t>
             </w:r>
-            <w:r w:rsidR="003C2B58">
+            <w:r w:rsidR="00894251">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="003C2B58" w:rsidRPr="008F2D74">
+            <w:r w:rsidR="00894251" w:rsidRPr="00D64328">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:instrText>HYPERLINK "http://adilet.zan.kz/kaz/docs/V1500011273" \l "z402"</w:instrText>
             </w:r>
-            <w:r w:rsidR="003C2B58">
+            <w:r w:rsidR="00894251">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00022FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>анықтаманың</w:t>
             </w:r>
-            <w:r w:rsidR="003C2B58">
+            <w:r w:rsidR="00894251">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00022FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t> көшірмесі;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00022FEF" w:rsidRPr="00022FEF" w:rsidRDefault="00022FEF" w:rsidP="00022FEF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="851"/>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -2165,72 +2165,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
             <w:r w:rsidRPr="00022FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">стандартқа </w:t>
             </w:r>
-            <w:r w:rsidR="003C2B58">
+            <w:r w:rsidR="00894251">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="003C2B58" w:rsidRPr="008F2D74">
+            <w:r w:rsidR="00894251" w:rsidRPr="00D64328">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:instrText>HYPERLINK "http://adilet.zan.kz/kaz/docs/V1600013418" \l "z126"</w:instrText>
             </w:r>
-            <w:r w:rsidR="003C2B58">
+            <w:r w:rsidR="00894251">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00022FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
-            <w:r w:rsidR="003C2B58">
+            <w:r w:rsidR="00894251">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00022FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ға сәйкес нысан бойынша мемлекеттік білім беру тапсырысын орналастыруға ұсыныс ұсынысы.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0094564E" w:rsidRPr="00022FEF" w:rsidRDefault="00022FEF" w:rsidP="00022FEF">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="160" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:val="kk-KZ"/>
@@ -2250,67 +2250,67 @@
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Көрсетілетін қызметті алушы </w:t>
             </w:r>
             <w:r w:rsidRPr="00022FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">мемлекеттік көрсетілетін қызмет стандартында қарастырылған тізбеге сәйкес </w:t>
             </w:r>
             <w:r w:rsidRPr="00022FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>құжаттар топтамасын толық ұсынбаған жағдайда және (немесе) қолданыс мерзімі өткен құжаттарды ұсынғанда көрсетілетін қызметті беруші құжаттарды қабылдаудан бас тартады.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00022FEF" w:rsidRPr="008F2D74" w:rsidRDefault="00022FEF" w:rsidP="00F35B15">
+          <w:p w:rsidR="00022FEF" w:rsidRPr="00D64328" w:rsidRDefault="00022FEF" w:rsidP="00F35B15">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="851"/>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00022FEF" w:rsidRPr="008F2D74" w:rsidRDefault="00022FEF" w:rsidP="00F35B15">
+          <w:p w:rsidR="00022FEF" w:rsidRPr="00D64328" w:rsidRDefault="00022FEF" w:rsidP="00F35B15">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="851"/>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00022FEF" w:rsidRDefault="00022FEF" w:rsidP="00022FEF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="851"/>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -2553,81 +2553,81 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4) предложения на размещение государственного образовательного заказа по форме согласно </w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:anchor="z4" w:history="1">
               <w:r w:rsidRPr="00256012">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:t xml:space="preserve">приложению </w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00256012">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2 к стандарту.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00022FEF" w:rsidRPr="008F2D74" w:rsidRDefault="008F2D74" w:rsidP="008F2D74">
+          <w:p w:rsidR="00022FEF" w:rsidRPr="00D64328" w:rsidRDefault="00D64328" w:rsidP="00D64328">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007D6780">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">В случаях представления услугополучателем неполного пакета документов согласно перечню, предусмотренному настоящим стандартом и (или) документов с истекшим сроком действия </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="007D6780">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>услугодатель</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="007D6780">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> отказывает в приеме заявления.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B0325" w:rsidRPr="00AA427E" w:rsidTr="0027458D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1217" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="000B0325" w:rsidRDefault="000B0325" w:rsidP="00507722">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
@@ -3048,51 +3048,51 @@
               <w:t xml:space="preserve"> года № </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>397</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001763AD" w:rsidRPr="000B0325" w:rsidRDefault="008F2D74" w:rsidP="00025DE0">
+    <w:p w:rsidR="001763AD" w:rsidRPr="000B0325" w:rsidRDefault="00D64328" w:rsidP="00025DE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:sectPr w:rsidR="001763AD" w:rsidRPr="000B0325" w:rsidSect="00205A7B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -4777,134 +4777,134 @@
     <w:rsid w:val="001050DB"/>
     <w:rsid w:val="00142317"/>
     <w:rsid w:val="001541E8"/>
     <w:rsid w:val="0016498F"/>
     <w:rsid w:val="001C6A36"/>
     <w:rsid w:val="001F05BF"/>
     <w:rsid w:val="00205A7B"/>
     <w:rsid w:val="00212B99"/>
     <w:rsid w:val="002274C1"/>
     <w:rsid w:val="00260160"/>
     <w:rsid w:val="0027458D"/>
     <w:rsid w:val="002A1B09"/>
     <w:rsid w:val="002C6507"/>
     <w:rsid w:val="00304D06"/>
     <w:rsid w:val="00306186"/>
     <w:rsid w:val="00312911"/>
     <w:rsid w:val="003167D7"/>
     <w:rsid w:val="00317713"/>
     <w:rsid w:val="00317826"/>
     <w:rsid w:val="003444AA"/>
     <w:rsid w:val="003445F2"/>
     <w:rsid w:val="003645B6"/>
     <w:rsid w:val="00397E79"/>
     <w:rsid w:val="003A0B46"/>
     <w:rsid w:val="003B1C14"/>
-    <w:rsid w:val="003C2B58"/>
     <w:rsid w:val="003F3A67"/>
     <w:rsid w:val="004031D7"/>
     <w:rsid w:val="00405E6C"/>
     <w:rsid w:val="00417DF4"/>
     <w:rsid w:val="00492394"/>
     <w:rsid w:val="00494BC2"/>
     <w:rsid w:val="004A056F"/>
     <w:rsid w:val="004B3FA3"/>
     <w:rsid w:val="004C69C1"/>
     <w:rsid w:val="004D6D80"/>
     <w:rsid w:val="004F30FA"/>
     <w:rsid w:val="00507722"/>
     <w:rsid w:val="0052052E"/>
     <w:rsid w:val="00527B1D"/>
     <w:rsid w:val="0055329F"/>
     <w:rsid w:val="005866A8"/>
     <w:rsid w:val="00593284"/>
     <w:rsid w:val="005B5091"/>
     <w:rsid w:val="005F47B6"/>
     <w:rsid w:val="00617266"/>
     <w:rsid w:val="006215A5"/>
     <w:rsid w:val="0064389D"/>
     <w:rsid w:val="00656D05"/>
     <w:rsid w:val="00690804"/>
     <w:rsid w:val="0069635E"/>
     <w:rsid w:val="006C448B"/>
     <w:rsid w:val="00702D7A"/>
     <w:rsid w:val="007047C8"/>
     <w:rsid w:val="0071071B"/>
     <w:rsid w:val="0074053D"/>
     <w:rsid w:val="00786CBC"/>
     <w:rsid w:val="0079186D"/>
     <w:rsid w:val="007D2F05"/>
     <w:rsid w:val="007F3F83"/>
     <w:rsid w:val="007F771B"/>
     <w:rsid w:val="00814F66"/>
     <w:rsid w:val="00824217"/>
     <w:rsid w:val="00827347"/>
     <w:rsid w:val="00847043"/>
+    <w:rsid w:val="00894251"/>
     <w:rsid w:val="00895ABB"/>
     <w:rsid w:val="008A6E80"/>
     <w:rsid w:val="008C4393"/>
     <w:rsid w:val="008D47FD"/>
-    <w:rsid w:val="008F2D74"/>
     <w:rsid w:val="009110D8"/>
     <w:rsid w:val="00920F53"/>
     <w:rsid w:val="00924A87"/>
     <w:rsid w:val="00925F62"/>
     <w:rsid w:val="00931078"/>
     <w:rsid w:val="00935AED"/>
     <w:rsid w:val="0094564E"/>
     <w:rsid w:val="009553EA"/>
     <w:rsid w:val="00966578"/>
     <w:rsid w:val="00971E6A"/>
     <w:rsid w:val="0097290A"/>
     <w:rsid w:val="00983BED"/>
     <w:rsid w:val="009A0169"/>
     <w:rsid w:val="009B3DFD"/>
     <w:rsid w:val="009D0530"/>
     <w:rsid w:val="009F57B4"/>
     <w:rsid w:val="00A31441"/>
     <w:rsid w:val="00A445B0"/>
     <w:rsid w:val="00A51B12"/>
     <w:rsid w:val="00AA427E"/>
     <w:rsid w:val="00AB09CD"/>
     <w:rsid w:val="00AC4ADB"/>
     <w:rsid w:val="00AE0921"/>
     <w:rsid w:val="00B3255A"/>
     <w:rsid w:val="00B454EF"/>
     <w:rsid w:val="00B95B78"/>
     <w:rsid w:val="00BB3029"/>
     <w:rsid w:val="00BC081A"/>
     <w:rsid w:val="00BD5D71"/>
     <w:rsid w:val="00C14421"/>
     <w:rsid w:val="00C266BD"/>
     <w:rsid w:val="00C341E0"/>
     <w:rsid w:val="00C76CF1"/>
     <w:rsid w:val="00C813A6"/>
     <w:rsid w:val="00CB59A7"/>
     <w:rsid w:val="00CC0AB8"/>
     <w:rsid w:val="00D05D12"/>
     <w:rsid w:val="00D419BD"/>
     <w:rsid w:val="00D4321D"/>
+    <w:rsid w:val="00D64328"/>
     <w:rsid w:val="00D74076"/>
     <w:rsid w:val="00D766A2"/>
     <w:rsid w:val="00D776C7"/>
     <w:rsid w:val="00D813E3"/>
     <w:rsid w:val="00D97462"/>
     <w:rsid w:val="00DC1041"/>
     <w:rsid w:val="00DC5153"/>
     <w:rsid w:val="00DE6646"/>
     <w:rsid w:val="00E2404E"/>
     <w:rsid w:val="00E6282B"/>
     <w:rsid w:val="00EF3F6C"/>
     <w:rsid w:val="00EF75B0"/>
     <w:rsid w:val="00F222F5"/>
     <w:rsid w:val="00F301B5"/>
     <w:rsid w:val="00F35B15"/>
     <w:rsid w:val="00F37DCF"/>
     <w:rsid w:val="00F93FB3"/>
     <w:rsid w:val="00FA245B"/>
     <w:rsid w:val="00FB6479"/>
     <w:rsid w:val="00FC7DB6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -5402,65 +5402,50 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V080005446_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011273" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011384" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013418" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600013418" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>