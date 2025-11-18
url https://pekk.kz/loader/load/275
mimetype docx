--- v0 (2025-10-08)
+++ v1 (2025-11-18)
@@ -1,5994 +1,5428 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="003454B4" w:rsidRPr="003F2279" w:rsidRDefault="003454B4" w:rsidP="0022653D">
-      <w:pPr>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="00543728">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5664"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F2279">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар облысы әкімдігінің</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C3483D" w:rsidRDefault="003454B4" w:rsidP="0022653D">
+        <w:t>Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="00543728">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6125"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>постановлением акимата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="00543728">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6125"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00543728" w:rsidRDefault="0058107A" w:rsidP="00543728">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5664"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F2279">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2017 жылғы «</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>от «</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE54BB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>28</w:t>
       </w:r>
-      <w:r w:rsidRPr="003F2279">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">» </w:t>
       </w:r>
-      <w:r w:rsidR="00C3483D">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00AE54BB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қарашадағы</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="003454B4" w:rsidRPr="003F2279" w:rsidRDefault="003454B4" w:rsidP="0022653D">
+        <w:t>ноября</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00543728" w:rsidRDefault="0058107A" w:rsidP="00543728">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5664"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE54BB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE54BB">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>384/6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="006D5D94" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3DEA" w:rsidRPr="006D5D94" w:rsidRDefault="009B3DEA" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="006E50D6" w:rsidRDefault="0058107A" w:rsidP="009A63E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="7230"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006E50D6">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="009A63E5" w:rsidRPr="007D6780">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>Прием документов на конкурс по размещению государственного образовательного заказа на подготовку кадров с техническим, профессиональным и послесредним образованием</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E50D6">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="006D5D94" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="006D5D94" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">№ </w:t>
-[...3 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00151ECD" w:rsidRPr="00AF14DE" w:rsidRDefault="00151ECD" w:rsidP="00151ECD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>384/6</w:t>
-[...3 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қаулысымен</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="003454B4" w:rsidRPr="003F2279" w:rsidRDefault="003454B4" w:rsidP="0022653D">
+        <w:t xml:space="preserve">Глава </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF14DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="006D5D94" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2040"/>
+          <w:tab w:val="right" w:pos="7230"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...181 lines deleted...]
-        <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F2279">
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственная услуга </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="009A63E5" w:rsidRPr="007D6780">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>Прием документов на конкурс по размещению государственного образовательного заказа на подготовку кадров с техническим, профессиональным и послесредним образованием</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E50D6">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>1. «</w:t>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:t>» (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">далее </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственная услуга) оказывается </w:t>
+      </w:r>
+      <w:r w:rsidR="005905A6" w:rsidRPr="00AD67AB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>местным исполнительным орган</w:t>
+      </w:r>
+      <w:r w:rsidR="001A46DD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidR="005905A6" w:rsidRPr="00AD67AB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD67AB">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Техникалық, кәсіптік және орта білімнен кейінгі білімі бар кадрларды даярлауға арналған мемлекеттік білім беру тапсырысын орналастыру бойынша конкурсқа құжаттарды қабылдау</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003F2279">
+        <w:t xml:space="preserve">Павлодарской области </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD67AB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(далее – услугодатель)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD67AB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">» мемлекеттік көрсетілетін қызметін (бұдан әрі – мемлекеттік көрсетілетін қызмет) Павлодар облысының </w:t>
-[...188 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003454B4" w:rsidRPr="003F2279" w:rsidRDefault="003454B4" w:rsidP="002B5397">
-[...1 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w:rsidR="009A63E5" w:rsidRDefault="009A63E5" w:rsidP="0058107A">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6780">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием заявления и выдача результата оказания государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D6780">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляются через канцелярию услугодателя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Форма оказания государственной услуги: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бумажная</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00AA235B" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD474F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD474F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результат оказания государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4761">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="001A54CC" w:rsidRPr="003E4761">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>уведомление о принятии документов</w:t>
+      </w:r>
+      <w:r w:rsidR="003E4761">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A54CC" w:rsidRPr="00AA235B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>на конкурс по размещению государственного образовательного заказа на подготовку кадров с техническим, профессиональным и послесредним образованием в организациях образования</w:t>
+      </w:r>
+      <w:r w:rsidR="0008763E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0008763E" w:rsidRPr="00052048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>(далее – уведомление)</w:t>
+      </w:r>
+      <w:r w:rsidR="001A54CC" w:rsidRPr="00052048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="001A54CC" w:rsidRPr="007D6780">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A54CC" w:rsidRPr="0008763E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>либо мотивир</w:t>
+      </w:r>
+      <w:r w:rsidR="006D5FEA" w:rsidRPr="0008763E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:r w:rsidR="001A54CC" w:rsidRPr="0008763E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>анный</w:t>
+      </w:r>
+      <w:r w:rsidR="001A54CC" w:rsidRPr="007D6780">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отказ в оказании государственной услуги по основаниям, предусмотренным  пунктом </w:t>
+      </w:r>
+      <w:r w:rsidR="001A54CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA235B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>0 стандарта государственной услуги «</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA235B" w:rsidRPr="003E4761">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>Прием документов на конкурс по размещению государственного образовательного заказа на подготовку кадров с техническим, профессиональным и послесредним образованием</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA235B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», утвержденного приказом Министра образования и науки Республики Казахстан от 7 </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA235B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>августа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA235B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2017 года № 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA235B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA235B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7 (далее - Стандарт).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B154E5" w:rsidRDefault="00B154E5" w:rsidP="006D5D94">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Форма предоставления результата оказания государственной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>услуги</w:t>
+      </w:r>
+      <w:r w:rsidR="00650444">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E4761" w:rsidRPr="006D5D94" w:rsidRDefault="003E4761" w:rsidP="006D5D94">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F2279">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+    </w:p>
+    <w:p w:rsidR="006D5D94" w:rsidRPr="006D5D94" w:rsidRDefault="006D5D94" w:rsidP="006D5D94">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">2. Мемлекеттік қызметті көрсету нысаны: қағаз </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00151ECD" w:rsidRDefault="00151ECD" w:rsidP="006D5D94">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>жүзінде</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Глава </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF14DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF14DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Описание порядка действий структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="006D5D94" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Основанием для начала процедуры (действия) по оказанию государственной услуги является заявление услугополучателя с приложением необходимых документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, указанных в пункте  9  Стандарта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="006D5D94">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Содержание каждой процедуры (действия), входящей в состав процесса оказания государственной услуги, длительность и последовательность ее</w:t>
+      </w:r>
+      <w:r w:rsidR="006D5D94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выполнения, в том числе этапы прохождения процедур (действий):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA1603" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) сотрудник </w:t>
+      </w:r>
+      <w:r w:rsidR="009D46B3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>канцелярии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>осуществляет прием и регистрацию полученных от услугополучателя документов</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD67AB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD67AB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сверяет копии с оригиналами документов, возвращает оригиналы услугополучателю</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD67AB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и передает на рассмотрение руководителю </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугодателя </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="009D46B3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="003E4761">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="009D46B3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тридцать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>минут</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1603">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="005510B8" w:rsidRDefault="00FA1603" w:rsidP="0058107A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00382754">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случаях предоставления услугополучателем неполного пакета документов согласно перечню, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предусмотренному </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z34" w:history="1">
+        <w:r w:rsidRPr="005510B8">
+          <w:rPr>
+            <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>пунктом 9</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарта</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1F05" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) документов с истекшим сроком действия </w:t>
+      </w:r>
+      <w:r w:rsidR="0008763E" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сотрудник канцелярии услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidR="003E4761" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отказывает в приеме заявления</w:t>
+      </w:r>
+      <w:r w:rsidR="002E56F3" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="005510B8" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) руководитель </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рассматривает документ и определяет ответственного исполнителя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00416AA3" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00416AA3" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>два</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) рабочи</w:t>
+      </w:r>
+      <w:r w:rsidR="00A82EF1" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> д</w:t>
+      </w:r>
+      <w:r w:rsidR="00A82EF1" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="005510B8" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) ответственный исполнитель услугодателя оформляет </w:t>
+      </w:r>
+      <w:r w:rsidR="009D46B3" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>уведомлени</w:t>
+      </w:r>
+      <w:r w:rsidR="0008763E" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF601F" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00151ECD" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>либо мотивированный отказ в оказании государственной услуги по основаниям</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD67AB" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00151ECD" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0008763E" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>предусмотренным</w:t>
+      </w:r>
+      <w:r w:rsidR="00151ECD" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пунктом 10 Стандарта</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1F05" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00151ECD" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">направляет на рассмотрение и подписание руководителю </w:t>
+      </w:r>
+      <w:r w:rsidR="00594403" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00A82EF1" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00A82EF1" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>четыре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) рабочи</w:t>
+      </w:r>
+      <w:r w:rsidR="00A82EF1" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> д</w:t>
+      </w:r>
+      <w:r w:rsidR="00A82EF1" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="005510B8" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) руководитель услугодателя рассматривает </w:t>
+      </w:r>
+      <w:r w:rsidR="00151ECD" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и подписывает р</w:t>
+      </w:r>
+      <w:r w:rsidR="00151ECD" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>езультат оказания</w:t>
+      </w:r>
+      <w:r w:rsidR="00151ECD" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD67AB" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00416AA3" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00416AA3" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>два</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) рабочи</w:t>
+      </w:r>
+      <w:r w:rsidR="00A82EF1" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> д</w:t>
+      </w:r>
+      <w:r w:rsidR="00A82EF1" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) сотрудник </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF601F" w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>канцелярии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005510B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регистрирует результат государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и выдает </w:t>
+      </w:r>
+      <w:r w:rsidR="00594403">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">его </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047439E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- 30 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тридцать)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>минут</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD474F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-    </w:p>
-[...21 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00DD474F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Результат (процедуры) действия оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD474F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD67AB" w:rsidRPr="003E4761">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>уведомление о принятии документов</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD67AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD67AB" w:rsidRPr="00AA235B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>на конкурс по размещению государственного образовательного заказа на подготовку кадров с техническим, профессиональным и послесредним образованием в организациях образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD67AB" w:rsidRPr="007D6780">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо мотивир</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1F05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD67AB" w:rsidRPr="007D6780">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">анный отказ в оказании государственной услуги по основаниям, предусмотренным  пунктом </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD67AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD67AB" w:rsidRPr="00AA235B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD67AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD67AB" w:rsidRPr="00AA235B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>тандарта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="005510B8" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="005510B8" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00151ECD" w:rsidRPr="00AF14DE" w:rsidRDefault="00151ECD" w:rsidP="00151ECD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF14DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="006C6B6D">
-[...40 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00AF14DE">
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...287 lines deleted...]
-    <w:p w:rsidR="00EF3A8F" w:rsidRPr="00D658CB" w:rsidRDefault="00EF3A8F" w:rsidP="00C36D33">
+        </w:rPr>
+        <w:t>Описание порядка взаимодействия структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="005510B8" w:rsidRDefault="0058107A" w:rsidP="0058107A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Перечень структурных подразделений (работников) услугодателя, которые участвуют в процессе оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidR="005510B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сотрудник </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD67AB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>канцелярии</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD67AB" w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="005510B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>руководитель услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidR="005510B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ответственный исполнитель услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Описание последовательности процедур (действий) между структурными подразделениями (работниками) услугодателя с указанием длительности каждой процедуры (действия) сопровождается в справочнике бизнес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процессов оказания государственной услуги согласно приложению к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB4EA9" w:rsidRPr="005510B8" w:rsidRDefault="00CB4EA9" w:rsidP="0058107A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB4EA9" w:rsidRPr="005510B8" w:rsidRDefault="00CB4EA9" w:rsidP="0058107A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00151ECD" w:rsidRPr="00382897" w:rsidRDefault="00151ECD" w:rsidP="00151ECD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Описание порядка взаимодействия с Государственной корпорацией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA175C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Правительство для граждан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мемлекеттік қызметті көрсету нәтижесін беру нысаны</w:t>
-[...210 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t xml:space="preserve">,  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а также порядка использования информационных систем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003F2279">
-[...1967 lines deleted...]
-    <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="002B5397">
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="003454B4" w:rsidRPr="003F2279" w:rsidRDefault="003454B4" w:rsidP="002B5397">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="z147"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осударственная услуга через некоммерческое акционерное общество </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«Государственная корпорация «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Правительство для граждан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и веб-порт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ал «электронного правительства»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00506923">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>не оказывается</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
       <w:pPr>
         <w:pStyle w:val="a5"/>
-        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...88 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000156F7" w:rsidRDefault="000156F7">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...9 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001404A4" w:rsidRPr="00C2705C" w:rsidRDefault="003454B4" w:rsidP="004D40BE">
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3668"/>
+        <w:gridCol w:w="6227"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0058107A" w:rsidRPr="00052048" w:rsidTr="00035F01">
+        <w:trPr>
+          <w:trHeight w:val="1691"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0058107A" w:rsidRPr="00052048" w:rsidRDefault="0058107A" w:rsidP="008D4452">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6227" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B32B30" w:rsidRPr="00052048" w:rsidRDefault="00B32B30" w:rsidP="00B32B30">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00052048">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00035F01" w:rsidRPr="00052048" w:rsidRDefault="00B32B30" w:rsidP="00B32B30">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Batang"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00052048">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>к регламенту государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00052048">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00052048">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Batang"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Прием документов на конкурс по размещению </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00035F01" w:rsidRPr="00052048" w:rsidRDefault="00B32B30" w:rsidP="00B32B30">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Batang"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00052048">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Batang"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">государственного образовательного заказа </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00035F01" w:rsidRPr="00052048" w:rsidRDefault="00B32B30" w:rsidP="00B32B30">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Batang"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00052048">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Batang"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на подготовку кадров с техническим, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0058107A" w:rsidRPr="00052048" w:rsidRDefault="00B32B30" w:rsidP="00B32B30">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00052048">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Batang"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+              <w:t>профессиональным и послесредним образованием</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00052048">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00B32B30" w:rsidRPr="00052048" w:rsidRDefault="00B32B30">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C2705C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="009B3DEA" w:rsidRPr="00052048" w:rsidRDefault="009B3DEA" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00052048" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00052048">
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-        <w:ind w:left="4956"/>
+        </w:rPr>
+        <w:t>Справочник бизнес-процессов оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00052048">
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00B32B30" w:rsidRPr="00052048">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>Прием документов на конкурс по размещению государственного образовательного заказа на подготовку кадров с техническим, профессиональным и послесредним образованием</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00052048">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-        </w:tabs>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...47 lines deleted...]
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:pict>
-          <v:roundrect id="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:377.6pt;margin-top:1.6pt;width:110.4pt;height:47.7pt;z-index:251658240" arcsize="10923f">
+          <v:roundrect id="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:377.6pt;margin-top:1.6pt;width:105.3pt;height:47.7pt;z-index:251658240" arcsize="10923f">
             <v:textbox style="mso-next-textbox:#_x0000_s1026">
               <w:txbxContent>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
-                      <w:bCs/>
-[...4 lines deleted...]
-                    <w:t>Көрсетілетін қызметті берушінің</w:t>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Ответственный исполнитель услугодателя</w:t>
                   </w:r>
-                  <w:r>
-[...13 lines deleted...]
-                  </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
       <w:r>
         <w:pict>
           <v:roundrect id="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:268.5pt;margin-top:1.6pt;width:103.8pt;height:47.7pt;z-index:251658240" arcsize="10923f">
             <v:textbox style="mso-next-textbox:#_x0000_s1027">
               <w:txbxContent>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                      <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-                    <w:t>Көрсетілетін қызметті берушінің басшысы</w:t>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Руководитель </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
-                    <w:rPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>услугодателя</w:t>
+                  </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
       <w:r>
         <w:pict>
           <v:roundrect id="_x0000_s1028" style="position:absolute;left:0;text-align:left;margin-left:5.05pt;margin-top:1.6pt;width:113pt;height:47.7pt;z-index:251658240" arcsize="10923f">
             <v:textbox style="mso-next-textbox:#_x0000_s1028">
               <w:txbxContent>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
-                    <w:jc w:val="center"/>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                      <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-                    <w:t>Көрсетілетін қызметті алушы</w:t>
+                    </w:rPr>
+                    <w:t>Услугополучатель</w:t>
                   </w:r>
-                </w:p>
-[...7 lines deleted...]
-                  </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
       <w:r>
         <w:pict>
           <v:roundrect id="_x0000_s1029" style="position:absolute;left:0;text-align:left;margin-left:123.4pt;margin-top:1.6pt;width:137.75pt;height:47.7pt;z-index:251658240" arcsize="10923f">
             <v:textbox style="mso-next-textbox:#_x0000_s1029">
               <w:txbxContent>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
-                      <w:bCs/>
-[...12 lines deleted...]
-                    <w:t xml:space="preserve"> кеңсе қызметкері</w:t>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Сотрудник</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
-                    <w:rPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>канцелярии  услугодателя</w:t>
+                  </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:pict>
-          <v:roundrect id="_x0000_s1030" style="position:absolute;left:0;text-align:left;margin-left:377.6pt;margin-top:7.9pt;width:110.4pt;height:493.75pt;z-index:251658240" arcsize="10923f">
+          <v:roundrect id="_x0000_s1030" style="position:absolute;left:0;text-align:left;margin-left:377.6pt;margin-top:8.85pt;width:110.2pt;height:481.9pt;z-index:251658240" arcsize="10923f">
             <v:textbox style="mso-next-textbox:#_x0000_s1030">
               <w:txbxContent>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3"/>
-[...3 lines deleted...]
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3"/>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3"/>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3"/>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3"/>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t xml:space="preserve">                 </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3"/>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3"/>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
       <w:r>
         <w:pict>
-          <v:roundrect id="_x0000_s1031" style="position:absolute;left:0;text-align:left;margin-left:268.5pt;margin-top:7.9pt;width:103.8pt;height:493.75pt;z-index:251658240" arcsize="10923f">
+          <v:roundrect id="_x0000_s1031" style="position:absolute;left:0;text-align:left;margin-left:268.5pt;margin-top:8.85pt;width:103.8pt;height:481.9pt;z-index:251658240" arcsize="10923f">
             <v:textbox style="mso-next-textbox:#_x0000_s1031">
               <w:txbxContent>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3"/>
-[...3 lines deleted...]
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3"/>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3"/>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3"/>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3"/>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve">             </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3"/>
-[...2 lines deleted...]
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3"/>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3"/>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3"/>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t xml:space="preserve">               </w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
       <w:r>
         <w:pict>
-          <v:roundrect id="_x0000_s1032" style="position:absolute;left:0;text-align:left;margin-left:5.05pt;margin-top:7.9pt;width:106.75pt;height:493.75pt;z-index:251658240" arcsize="10923f"/>
+          <v:roundrect id="_x0000_s1032" style="position:absolute;left:0;text-align:left;margin-left:-2.65pt;margin-top:8.85pt;width:113.8pt;height:481.9pt;z-index:251658240" arcsize="10923f"/>
         </w:pict>
       </w:r>
       <w:r>
         <w:pict>
-          <v:roundrect id="_x0000_s1033" style="position:absolute;left:0;text-align:left;margin-left:118.05pt;margin-top:7.9pt;width:143.1pt;height:493.75pt;z-index:251658240" arcsize="10923f">
+          <v:roundrect id="_x0000_s1033" style="position:absolute;left:0;text-align:left;margin-left:123.4pt;margin-top:8.85pt;width:137.75pt;height:481.9pt;z-index:251658240" arcsize="10923f">
             <v:textbox style="mso-next-textbox:#_x0000_s1033">
               <w:txbxContent>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3"/>
-[...3 lines deleted...]
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3"/>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3"/>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3"/>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3"/>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve">                 </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve">                   </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve">                  </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve">                  </w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
       <w:r>
         <w:pict>
-          <v:rect id="_x0000_s1034" style="position:absolute;left:0;text-align:left;margin-left:386.9pt;margin-top:26.1pt;width:93.55pt;height:227.4pt;z-index:251658240">
+          <v:rect id="_x0000_s1034" style="position:absolute;left:0;text-align:left;margin-left:389.35pt;margin-top:35.7pt;width:93.55pt;height:231.5pt;z-index:251658240">
             <v:textbox style="mso-next-textbox:#_x0000_s1034">
               <w:txbxContent>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
-                      <w:rFonts w:eastAsia="Times New Roman"/>
-[...4 lines deleted...]
-                    <w:t xml:space="preserve">Хабарлама </w:t>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Оформляет </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
-                      <w:sz w:val="20"/>
-[...3 lines deleted...]
-                    <w:t xml:space="preserve">немесе Стандарттың          </w:t>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">уведомление </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
-                      <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>10 - тармағында көрсетілген негіздер бойынша</w:t>
+                    <w:t xml:space="preserve">либо мотивированный отказ </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">в оказании государственной услуги </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">по основаниям, предусмотреннымпунктом 10 Стандарта, </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">и </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
-                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">направляет </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">на рассмотрение </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>и подписание руководителю услугодателя</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
-                      <w:bCs/>
-[...4 lines deleted...]
-                    <w:t>мемлекеттік қызмет көрсетуден бас тартуды</w:t>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>-           4</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
+                      <w:rFonts w:eastAsia="Consolas"/>
+                      <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> ресімдейді және көрсетілетін қызмет берушінің басшысына</w:t>
-[...19 lines deleted...]
-                    <w:t xml:space="preserve">қарауға және қол қоюға жібереді </w:t>
+                    <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
-                      <w:rFonts w:eastAsia="Times New Roman"/>
-[...22 lines deleted...]
-                    <w:t>4 (төрт) жұмыс күні</w:t>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>(четыре) рабочих дня</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
       <w:r>
         <w:pict>
-          <v:rect id="_x0000_s1035" style="position:absolute;left:0;text-align:left;margin-left:276.8pt;margin-top:26.1pt;width:88.05pt;height:103.1pt;z-index:251658240">
+          <v:rect id="_x0000_s1035" style="position:absolute;left:0;text-align:left;margin-left:276.25pt;margin-top:35.7pt;width:88.05pt;height:93.75pt;z-index:251658240">
             <v:textbox style="mso-next-textbox:#_x0000_s1035">
               <w:txbxContent>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                      <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-                    <w:t xml:space="preserve">Құжаттарды қарайды және жауапты орындаушыны анықтайды – </w:t>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Рассматривает документ </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>и определяет ответственного исполнителя -                2</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>2 (екі)  жұмыс күні</w:t>
+                    <w:t xml:space="preserve"> (два) рабочих дня</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
       <w:r>
         <w:pict>
-          <v:rect id="_x0000_s1036" style="position:absolute;left:0;text-align:left;margin-left:121.75pt;margin-top:26.1pt;width:130.2pt;height:181.55pt;z-index:251658240">
+          <v:rect id="_x0000_s1036" style="position:absolute;left:0;text-align:left;margin-left:130.25pt;margin-top:35.7pt;width:123.35pt;height:174.15pt;z-index:251658240">
             <v:textbox style="mso-next-textbox:#_x0000_s1036">
               <w:txbxContent>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                      <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-                    <w:t xml:space="preserve">Көрсетілетін қызметті алушыдан алынған құжаттарды қабылдауды және тіркеуді жүзеге асырады, көшірмелерді құжаттардың түпнұсқаларымен салыстырады, түпнұсқаларды көрсетілетін қызмет алушыға қайтарады және көрсетілетін қызметті берушінің басшысына қарауға береді – </w:t>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Осуществляет прием </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">и регистрацию полученных </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>30 (отыз) минут</w:t>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">от услугополучателя документов, </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">сверяет копии с оригиналами документов, возвращает оригиналы услугополучателю  </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">и передает </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Consolas"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">на рассмотрение руководителю </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Consolas"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">услугодателя </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Consolas"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">– </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Consolas"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">30 </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Consolas"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>(</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Consolas"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">тридцать) </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Consolas"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>минут</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
       <w:r>
         <w:pict>
-          <v:roundrect id="_x0000_s1037" style="position:absolute;left:0;text-align:left;margin-left:24.45pt;margin-top:53.25pt;width:72.25pt;height:41.85pt;z-index:251658240" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
+          <v:roundrect id="_x0000_s1037" style="position:absolute;left:0;text-align:left;margin-left:16.2pt;margin-top:46.4pt;width:72.25pt;height:41.85pt;z-index:251658240" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
             <v:fill color2="#ccc" angle="-45" focus="-50%" type="gradient"/>
             <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
             <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                      <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-                    <w:t>Өтініш</w:t>
+                    </w:rPr>
+                    <w:t>Заявление</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
       <w:r>
         <w:pict>
           <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
             <v:path arrowok="t" fillok="f" o:connecttype="none"/>
             <o:lock v:ext="edit" shapetype="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_s1038" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:364.85pt;margin-top:73.8pt;width:22.05pt;height:0;z-index:251658240" o:connectortype="straight">
+          <v:shape id="_x0000_s1038" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:364.3pt;margin-top:63.55pt;width:25.05pt;height:.05pt;z-index:251658240" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:pict>
-          <v:shape id="_x0000_s1039" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:251.95pt;margin-top:73.75pt;width:24.85pt;height:0;z-index:251658240" o:connectortype="straight">
+          <v:shape id="_x0000_s1039" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:253.6pt;margin-top:63.55pt;width:23.2pt;height:0;z-index:251658240" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:pict>
-          <v:shape id="_x0000_s1040" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:95.45pt;margin-top:73.75pt;width:27.95pt;height:.05pt;z-index:251658240" o:connectortype="straight">
+          <v:shape id="_x0000_s1040" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:88.45pt;margin-top:63.55pt;width:41.8pt;height:.05pt;z-index:251658240" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:pict>
-          <v:rect id="_x0000_s1041" style="position:absolute;left:0;text-align:left;margin-left:275.6pt;margin-top:372.55pt;width:88.05pt;height:102.25pt;z-index:251658240">
+          <v:rect id="_x0000_s1041" style="position:absolute;left:0;text-align:left;margin-left:276.25pt;margin-top:367.65pt;width:88.05pt;height:101.05pt;z-index:251658240">
             <v:textbox style="mso-next-textbox:#_x0000_s1041">
               <w:txbxContent>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
-                      <w:bCs/>
-[...12 lines deleted...]
-                    <w:t>қарайды және қол қояды –</w:t>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Рассматривает </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
+                      <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>и подписывает р</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>езультат оказания</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> государственной услуги </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">– </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>2</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Consolas"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> 2 (екі) жұмыс күні</w:t>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>(два) рабочих дня</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
       <w:r>
         <w:pict>
-          <v:rect id="_x0000_s1042" style="position:absolute;left:0;text-align:left;margin-left:129.15pt;margin-top:390.45pt;width:122.8pt;height:84.55pt;z-index:251658240">
+          <v:rect id="_x0000_s1042" style="position:absolute;left:0;text-align:left;margin-left:129.7pt;margin-top:395.05pt;width:123.35pt;height:73.4pt;z-index:251658240">
             <v:textbox style="mso-next-textbox:#_x0000_s1042">
               <w:txbxContent>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                      <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-                    <w:t xml:space="preserve">Мемлекеттік қызметті көрсету  нәтижесін тіркейді және оны көрсетілетін қызметті алушыға береді – </w:t>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Регистрирует результат государственной услуги </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>и выдает его услугополучателю</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>30 (отыз) минут</w:t>
+                    <w:t xml:space="preserve"> -  </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>30  (тридцать) минут</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:pict>
+          <v:shape id="_x0000_s1043" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:102.3pt;margin-top:427.35pt;width:27.4pt;height:.1pt;flip:x y;z-index:251658240" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:pict>
+          <v:shape id="_x0000_s1044" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:253.6pt;margin-top:427.05pt;width:23.2pt;height:.3pt;flip:x;z-index:251658240" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:pict>
+          <v:roundrect id="_x0000_s1045" style="position:absolute;left:0;text-align:left;margin-left:5.05pt;margin-top:391.7pt;width:97.25pt;height:69.5pt;z-index:251658240" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
+            <v:fill color2="#ccc" angle="-45" focus="-50%" type="gradient"/>
+            <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
+            <v:textbox>
+              <w:txbxContent>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Результат оказания государственной услуги</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:pict>
+          <v:rect id="_x0000_s1046" style="position:absolute;left:0;text-align:left;margin-left:130.25pt;margin-top:224.2pt;width:123.35pt;height:153.65pt;z-index:251658240">
+            <v:textbox style="mso-next-textbox:#_x0000_s1046">
+              <w:txbxContent>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+                  <w:pPr>
+                    <w:widowControl w:val="0"/>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">В случаях предоставления услугополучателем неполного пакета документов согласно перечню, предусмотренному </w:t>
+                  </w:r>
+                  <w:hyperlink r:id="rId7" w:anchor="z34" w:history="1">
+                    <w:r>
+                      <w:rPr>
+                        <w:rStyle w:val="af0"/>
+                        <w:rFonts w:eastAsia="Times New Roman"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>пунктом 9</w:t>
+                    </w:r>
+                  </w:hyperlink>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Стандарта, </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+                  <w:pPr>
+                    <w:widowControl w:val="0"/>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">и (или) документов </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+                  <w:pPr>
+                    <w:widowControl w:val="0"/>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">с истекшим сроком действия </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">отказывает </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+                  <w:pPr>
+                    <w:widowControl w:val="0"/>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">в приеме заявления </w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
       <w:r>
         <w:pict>
-          <v:shape id="_x0000_s1043" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:95.45pt;margin-top:430pt;width:34.8pt;height:.1pt;flip:x;z-index:251658240" o:connectortype="straight">
+          <v:shape id="_x0000_s1047" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:190.75pt;margin-top:207.35pt;width:0;height:16.95pt;z-index:251658240" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:pict>
-          <v:shape id="_x0000_s1044" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:251.95pt;margin-top:430pt;width:23.65pt;height:.2pt;flip:x;z-index:251658240" o:connectortype="straight">
+          <v:shape id="_x0000_s1048" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:364.3pt;margin-top:427pt;width:72.25pt;height:.05pt;flip:x;z-index:251658240" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:pict>
-          <v:roundrect id="_x0000_s1045" style="position:absolute;left:0;text-align:left;margin-left:15.45pt;margin-top:397.05pt;width:80pt;height:65.4pt;z-index:251658240" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
-[...24 lines deleted...]
-          </v:roundrect>
+          <v:shape id="_x0000_s1049" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:436.55pt;margin-top:264.3pt;width:0;height:163.65pt;z-index:251658240" o:connectortype="straight"/>
         </w:pict>
       </w:r>
-      <w:r>
-[...95 lines deleted...]
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...44 lines deleted...]
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6372"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6372"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6372"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6372"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6372"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
+        </w:rPr>
+        <w:t>Условные обозначения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="8613" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="567" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2044"/>
-        <w:gridCol w:w="6569"/>
+        <w:gridCol w:w="2048"/>
+        <w:gridCol w:w="5917"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00711EB3" w:rsidTr="00711EB3">
+      <w:tr w:rsidR="009430C3" w:rsidTr="009430C3">
         <w:trPr>
-          <w:trHeight w:val="860"/>
+          <w:trHeight w:val="776"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2044" w:type="dxa"/>
+            <w:tcW w:w="2048" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3">
+          <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:kern w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:pict>
                 <v:roundrect id="_x0000_s1050" style="position:absolute;left:0;text-align:left;margin-left:8.6pt;margin-top:5.1pt;width:57.75pt;height:27.75pt;z-index:251658240" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
                   <v:fill color2="#ccc" angle="-45" focus="-50%" type="gradient"/>
                   <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
                 </v:roundrect>
               </w:pict>
             </w:r>
           </w:p>
-        </w:tc>
-[...12 lines deleted...]
-          <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3">
+          <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:kern w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5917" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>начало или завершение оказания государственной услуги</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>мемлекеттік қызмет көрсетудің басталуы немесе аяқталуы;</w:t>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00711EB3" w:rsidTr="00711EB3">
+      <w:tr w:rsidR="009430C3" w:rsidTr="009430C3">
         <w:trPr>
-          <w:trHeight w:val="797"/>
+          <w:trHeight w:val="946"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2044" w:type="dxa"/>
+            <w:tcW w:w="2048" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3">
+          <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:kern w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1051" style="position:absolute;left:0;text-align:left;margin-left:8.6pt;margin-top:9.4pt;width:58.5pt;height:23.25pt;z-index:251658240;mso-position-horizontal-relative:text;mso-position-vertical-relative:text"/>
+                <v:rect id="_x0000_s1052" style="position:absolute;left:0;text-align:left;margin-left:8.6pt;margin-top:9.4pt;width:58.5pt;height:23.25pt;z-index:251658240;mso-position-horizontal-relative:text;mso-position-vertical-relative:text"/>
               </w:pict>
             </w:r>
           </w:p>
-        </w:tc>
-[...12 lines deleted...]
-          <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3">
+          <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:kern w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5917" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наименование процедуры (действия)</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>рәсімнің (іс-қимылдың) атауы;</w:t>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00711EB3" w:rsidTr="00711EB3">
+      <w:tr w:rsidR="009430C3" w:rsidTr="009430C3">
         <w:trPr>
-          <w:trHeight w:val="524"/>
+          <w:trHeight w:val="473"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2044" w:type="dxa"/>
+            <w:tcW w:w="2048" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3">
+          <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:kern w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1052" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:4.85pt;margin-top:11.05pt;width:73.5pt;height:0;z-index:251658240;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:connectortype="straight">
+                <v:shape id="_x0000_s1051" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:4.85pt;margin-top:11.05pt;width:73.5pt;height:0;z-index:251658240;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:connectortype="straight">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6569" w:type="dxa"/>
+            <w:tcW w:w="5917" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3">
+          <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:kern w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>переход  к следующей процедуре (действию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>келесі рәсімге (іс-қимылға) өту.</w:t>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00711EB3" w:rsidRDefault="00711EB3" w:rsidP="00711EB3">
-      <w:pPr>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="915"/>
+          <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:ind w:left="4248"/>
+        <w:ind w:left="6372"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...18 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="009430C3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="6045"/>
+          <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009430C3" w:rsidRDefault="009430C3" w:rsidP="0058107A">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-        </w:tabs>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AE54BB" w:rsidRDefault="00AE54BB" w:rsidP="0058107A">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C3483D" w:rsidRDefault="00C3483D" w:rsidP="004D40BE">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AE54BB" w:rsidRDefault="00AE54BB" w:rsidP="00AE54BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C3483D" w:rsidRPr="00C2705C" w:rsidRDefault="00C3483D" w:rsidP="004D40BE">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AE54BB" w:rsidRDefault="00AE54BB" w:rsidP="0058107A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="004D40BE" w:rsidRPr="00C2705C" w:rsidRDefault="004D40BE" w:rsidP="004D40BE">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AE54BB" w:rsidRPr="00697F1A" w:rsidRDefault="00AE54BB" w:rsidP="00543728">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00543728" w:rsidRPr="00697F1A" w:rsidRDefault="00543728" w:rsidP="00543728">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00543728" w:rsidRDefault="00543728" w:rsidP="00543728">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00543728" w:rsidRPr="00AF14DE" w:rsidRDefault="00543728" w:rsidP="00543728">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00594403" w:rsidRPr="00AF14DE" w:rsidRDefault="00594403" w:rsidP="00594403">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00594403" w:rsidRPr="00AF14DE" w:rsidRDefault="00594403" w:rsidP="00594403">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00594403" w:rsidRDefault="00594403" w:rsidP="00594403">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="915"/>
+          <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:ind w:left="4248"/>
+        <w:ind w:left="6372"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...41 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId8"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00594403" w:rsidRDefault="00594403" w:rsidP="0058107A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00413892" w:rsidRDefault="00413892" w:rsidP="0058107A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00413892" w:rsidSect="006D5D94">
+      <w:headerReference w:type="first" r:id="rId8"/>
+      <w:footerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1304" w:right="851" w:bottom="1361" w:left="1418" w:header="510" w:footer="1247" w:gutter="0"/>
+      <w:pgMar w:top="1304" w:right="794" w:bottom="1134" w:left="1418" w:header="510" w:footer="1247" w:gutter="0"/>
       <w:cols w:space="708"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00835410" w:rsidRDefault="00835410" w:rsidP="00AE33A2">
+    <w:p w:rsidR="00073A1B" w:rsidRDefault="00073A1B" w:rsidP="00AE33A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00835410" w:rsidRDefault="00835410" w:rsidP="00AE33A2">
+    <w:p w:rsidR="00073A1B" w:rsidRDefault="00073A1B" w:rsidP="00AE33A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Batang">
+    <w:altName w:val="바탕"/>
+    <w:panose1 w:val="02030600000101010101"/>
+    <w:charset w:val="81"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000001" w:usb1="09060000" w:usb2="00000010" w:usb3="00000000" w:csb0="00080000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:sdt>
-[...23 lines deleted...]
-  </w:sdt>
+  <w:p w:rsidR="00AE33A2" w:rsidRDefault="00AE33A2">
+    <w:pPr>
+      <w:pStyle w:val="aa"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
   <w:p w:rsidR="00AE33A2" w:rsidRDefault="00AE33A2">
     <w:pPr>
       <w:pStyle w:val="aa"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00835410" w:rsidRDefault="00835410" w:rsidP="00AE33A2">
+    <w:p w:rsidR="00073A1B" w:rsidRDefault="00073A1B" w:rsidP="00AE33A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00835410" w:rsidRDefault="00835410" w:rsidP="00AE33A2">
+    <w:p w:rsidR="00073A1B" w:rsidRDefault="00073A1B" w:rsidP="00AE33A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:sdt>
-[...23 lines deleted...]
-  </w:sdt>
+  <w:p w:rsidR="00AE33A2" w:rsidRDefault="00AE33A2">
+    <w:pPr>
+      <w:pStyle w:val="a8"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
   <w:p w:rsidR="00AE33A2" w:rsidRDefault="00AE33A2">
     <w:pPr>
       <w:pStyle w:val="a8"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...329 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="64"/>
+  <w:zoom w:percent="58"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00AE33A2"/>
-    <w:rsid w:val="00042911"/>
+    <w:rsid w:val="000156F7"/>
+    <w:rsid w:val="00035F01"/>
+    <w:rsid w:val="00052048"/>
+    <w:rsid w:val="00073A1B"/>
     <w:rsid w:val="000742F8"/>
-    <w:rsid w:val="0007652E"/>
     <w:rsid w:val="00082BC8"/>
-    <w:rsid w:val="00085953"/>
-[...18 lines deleted...]
-    <w:rsid w:val="00203C86"/>
+    <w:rsid w:val="0008763E"/>
+    <w:rsid w:val="000B5556"/>
+    <w:rsid w:val="00151ECD"/>
+    <w:rsid w:val="0016484F"/>
+    <w:rsid w:val="001711FE"/>
+    <w:rsid w:val="00194474"/>
+    <w:rsid w:val="001A46DD"/>
+    <w:rsid w:val="001A54CC"/>
+    <w:rsid w:val="001D6EFB"/>
     <w:rsid w:val="00205516"/>
-    <w:rsid w:val="0022653D"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00261F00"/>
+    <w:rsid w:val="002218EB"/>
+    <w:rsid w:val="00225F2E"/>
+    <w:rsid w:val="00243C4F"/>
+    <w:rsid w:val="00266575"/>
     <w:rsid w:val="00267B0D"/>
-    <w:rsid w:val="00267BBD"/>
     <w:rsid w:val="002704DA"/>
-    <w:rsid w:val="002829E7"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00336219"/>
+    <w:rsid w:val="00292858"/>
+    <w:rsid w:val="002E56F3"/>
+    <w:rsid w:val="002F5711"/>
+    <w:rsid w:val="00336D39"/>
     <w:rsid w:val="003413D9"/>
-    <w:rsid w:val="003454B4"/>
-[...8 lines deleted...]
-    <w:rsid w:val="003B4291"/>
+    <w:rsid w:val="00353198"/>
+    <w:rsid w:val="0036683D"/>
+    <w:rsid w:val="00366FA3"/>
     <w:rsid w:val="003E4523"/>
-    <w:rsid w:val="003E4811"/>
-    <w:rsid w:val="003E58FA"/>
+    <w:rsid w:val="003E4761"/>
     <w:rsid w:val="004015BE"/>
     <w:rsid w:val="00413892"/>
-    <w:rsid w:val="00432542"/>
-    <w:rsid w:val="00433685"/>
+    <w:rsid w:val="00414C58"/>
+    <w:rsid w:val="00416AA3"/>
+    <w:rsid w:val="00421B7D"/>
+    <w:rsid w:val="004471AD"/>
+    <w:rsid w:val="00460BC7"/>
+    <w:rsid w:val="00466A50"/>
+    <w:rsid w:val="004942D0"/>
     <w:rsid w:val="00494925"/>
-    <w:rsid w:val="00495D14"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00510B7B"/>
+    <w:rsid w:val="004C5A64"/>
     <w:rsid w:val="00522343"/>
-    <w:rsid w:val="0052479D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00544BA9"/>
+    <w:rsid w:val="005360CE"/>
+    <w:rsid w:val="00543728"/>
+    <w:rsid w:val="005510B8"/>
     <w:rsid w:val="005518D8"/>
-    <w:rsid w:val="00553086"/>
-[...5 lines deleted...]
-    <w:rsid w:val="005C0DBE"/>
+    <w:rsid w:val="0058107A"/>
+    <w:rsid w:val="00584DDA"/>
+    <w:rsid w:val="005905A6"/>
+    <w:rsid w:val="00594403"/>
+    <w:rsid w:val="005A6982"/>
+    <w:rsid w:val="005B0AFD"/>
     <w:rsid w:val="005C73D6"/>
-    <w:rsid w:val="005D13A0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006105AB"/>
+    <w:rsid w:val="00606D9E"/>
     <w:rsid w:val="00615693"/>
-    <w:rsid w:val="00631741"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00667BF8"/>
+    <w:rsid w:val="006350E7"/>
+    <w:rsid w:val="00650444"/>
+    <w:rsid w:val="0065255E"/>
+    <w:rsid w:val="0065613D"/>
     <w:rsid w:val="00690D36"/>
-    <w:rsid w:val="006A1111"/>
-[...3 lines deleted...]
-    <w:rsid w:val="006D0455"/>
+    <w:rsid w:val="00697D44"/>
+    <w:rsid w:val="00697F1A"/>
+    <w:rsid w:val="006A70E1"/>
+    <w:rsid w:val="006B6DEB"/>
     <w:rsid w:val="006D1066"/>
-    <w:rsid w:val="006D2198"/>
-    <w:rsid w:val="006E01ED"/>
+    <w:rsid w:val="006D1F05"/>
+    <w:rsid w:val="006D5D94"/>
+    <w:rsid w:val="006D5FEA"/>
     <w:rsid w:val="006E036F"/>
-    <w:rsid w:val="006E5046"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00711EB3"/>
     <w:rsid w:val="00720C05"/>
     <w:rsid w:val="00721A06"/>
-    <w:rsid w:val="00722722"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007608DA"/>
+    <w:rsid w:val="00740AFB"/>
+    <w:rsid w:val="0077568C"/>
+    <w:rsid w:val="00780F6E"/>
     <w:rsid w:val="007813AD"/>
-    <w:rsid w:val="00783B5E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007C5780"/>
+    <w:rsid w:val="00781F6D"/>
     <w:rsid w:val="007C61DE"/>
-    <w:rsid w:val="007D0C61"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0081119A"/>
+    <w:rsid w:val="007F0F0B"/>
+    <w:rsid w:val="008069EB"/>
     <w:rsid w:val="00812F70"/>
-    <w:rsid w:val="00816DC7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="008300FC"/>
     <w:rsid w:val="008330B1"/>
-    <w:rsid w:val="00835410"/>
-[...7 lines deleted...]
-    <w:rsid w:val="008F7530"/>
+    <w:rsid w:val="00845837"/>
+    <w:rsid w:val="0087237F"/>
+    <w:rsid w:val="00882614"/>
+    <w:rsid w:val="008E77AE"/>
     <w:rsid w:val="009055F3"/>
-    <w:rsid w:val="009109EC"/>
+    <w:rsid w:val="0090756D"/>
     <w:rsid w:val="0091223E"/>
-    <w:rsid w:val="00935D4E"/>
-[...5 lines deleted...]
-    <w:rsid w:val="009D4C2E"/>
+    <w:rsid w:val="00924FC2"/>
+    <w:rsid w:val="009347FC"/>
+    <w:rsid w:val="009430C3"/>
+    <w:rsid w:val="00970FA7"/>
+    <w:rsid w:val="00985467"/>
+    <w:rsid w:val="009A1707"/>
+    <w:rsid w:val="009A63E5"/>
+    <w:rsid w:val="009B3DEA"/>
+    <w:rsid w:val="009C319A"/>
+    <w:rsid w:val="009C773F"/>
+    <w:rsid w:val="009D1A45"/>
+    <w:rsid w:val="009D46B3"/>
+    <w:rsid w:val="009F6760"/>
     <w:rsid w:val="00A05A07"/>
-    <w:rsid w:val="00A1131B"/>
-    <w:rsid w:val="00A1389B"/>
+    <w:rsid w:val="00A10081"/>
+    <w:rsid w:val="00A20234"/>
+    <w:rsid w:val="00A24C3B"/>
     <w:rsid w:val="00A309F4"/>
     <w:rsid w:val="00A32E18"/>
-    <w:rsid w:val="00A35A2A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A53E79"/>
     <w:rsid w:val="00A67CF2"/>
-    <w:rsid w:val="00A74964"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A828FD"/>
+    <w:rsid w:val="00A82EF1"/>
     <w:rsid w:val="00A83FCC"/>
-    <w:rsid w:val="00A851FC"/>
     <w:rsid w:val="00A8751C"/>
-    <w:rsid w:val="00A95C1A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AB0F68"/>
+    <w:rsid w:val="00AA235B"/>
+    <w:rsid w:val="00AA2B87"/>
     <w:rsid w:val="00AD3DEE"/>
-    <w:rsid w:val="00AD773F"/>
+    <w:rsid w:val="00AD67AB"/>
     <w:rsid w:val="00AE33A2"/>
-    <w:rsid w:val="00AE4538"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00AF7F28"/>
+    <w:rsid w:val="00AE49C2"/>
+    <w:rsid w:val="00AE54BB"/>
+    <w:rsid w:val="00AF0E4F"/>
+    <w:rsid w:val="00B073AE"/>
+    <w:rsid w:val="00B154E5"/>
     <w:rsid w:val="00B17E07"/>
-    <w:rsid w:val="00B24AB3"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00B54B88"/>
+    <w:rsid w:val="00B32B30"/>
     <w:rsid w:val="00B64EEA"/>
     <w:rsid w:val="00B7191E"/>
-    <w:rsid w:val="00B73338"/>
     <w:rsid w:val="00B74D07"/>
-    <w:rsid w:val="00B97D46"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00BE5D93"/>
+    <w:rsid w:val="00B95C35"/>
     <w:rsid w:val="00BF14F5"/>
-    <w:rsid w:val="00C2705C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C3483D"/>
+    <w:rsid w:val="00C023EB"/>
+    <w:rsid w:val="00C27B76"/>
     <w:rsid w:val="00C36780"/>
-    <w:rsid w:val="00C36D33"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C653B6"/>
     <w:rsid w:val="00C669A4"/>
-    <w:rsid w:val="00C76244"/>
     <w:rsid w:val="00C8580F"/>
+    <w:rsid w:val="00C87023"/>
+    <w:rsid w:val="00CA46DC"/>
     <w:rsid w:val="00CA6E71"/>
+    <w:rsid w:val="00CB4EA9"/>
     <w:rsid w:val="00CC4B87"/>
-    <w:rsid w:val="00CD1718"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00D14FDF"/>
+    <w:rsid w:val="00CD7574"/>
+    <w:rsid w:val="00CF4545"/>
+    <w:rsid w:val="00D22BA3"/>
     <w:rsid w:val="00D24827"/>
-    <w:rsid w:val="00D27468"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D46FEE"/>
+    <w:rsid w:val="00D54434"/>
     <w:rsid w:val="00D55409"/>
-    <w:rsid w:val="00D64BA6"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00DB3AC3"/>
+    <w:rsid w:val="00D76E43"/>
+    <w:rsid w:val="00D95ABF"/>
+    <w:rsid w:val="00DB1E97"/>
     <w:rsid w:val="00DB493B"/>
-    <w:rsid w:val="00DB4DBF"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00DD68A0"/>
+    <w:rsid w:val="00DB7504"/>
+    <w:rsid w:val="00DC7610"/>
     <w:rsid w:val="00DF0B90"/>
     <w:rsid w:val="00DF4587"/>
-    <w:rsid w:val="00DF4F59"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E52D6F"/>
+    <w:rsid w:val="00E23BC3"/>
+    <w:rsid w:val="00E25A42"/>
+    <w:rsid w:val="00E27A1F"/>
+    <w:rsid w:val="00E32A27"/>
+    <w:rsid w:val="00E406A7"/>
     <w:rsid w:val="00E66982"/>
     <w:rsid w:val="00E834AC"/>
-    <w:rsid w:val="00E9206B"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00EC45FE"/>
+    <w:rsid w:val="00E932CF"/>
     <w:rsid w:val="00ED2E7D"/>
     <w:rsid w:val="00ED7C4B"/>
-    <w:rsid w:val="00EE0E64"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00EF694D"/>
+    <w:rsid w:val="00EF601F"/>
+    <w:rsid w:val="00EF6750"/>
+    <w:rsid w:val="00F00EAA"/>
     <w:rsid w:val="00F03534"/>
-    <w:rsid w:val="00F03A8B"/>
     <w:rsid w:val="00F242D8"/>
-    <w:rsid w:val="00F26C3F"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00F87EC0"/>
+    <w:rsid w:val="00FA1603"/>
     <w:rsid w:val="00FA358F"/>
     <w:rsid w:val="00FB3434"/>
-    <w:rsid w:val="00FC03ED"/>
-    <w:rsid w:val="00FE6D95"/>
+    <w:rsid w:val="00FB4FCA"/>
+    <w:rsid w:val="00FD667A"/>
     <w:rsid w:val="00FF0DC6"/>
-    <w:rsid w:val="00FF1BF9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="25602"/>
+    <o:shapedefaults v:ext="edit" spidmax="12290"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
       <o:rules v:ext="edit">
-        <o:r id="V:Rule1" type="connector" idref="#_x0000_s1049"/>
-[...3 lines deleted...]
-        <o:r id="V:Rule5" type="connector" idref="#_x0000_s1047"/>
+        <o:r id="V:Rule1" type="connector" idref="#_x0000_s1043"/>
+        <o:r id="V:Rule2" type="connector" idref="#_x0000_s1048"/>
+        <o:r id="V:Rule3" type="connector" idref="#_x0000_s1049"/>
+        <o:r id="V:Rule4" type="connector" idref="#_x0000_s1040"/>
+        <o:r id="V:Rule5" type="connector" idref="#_x0000_s1051"/>
         <o:r id="V:Rule6" type="connector" idref="#_x0000_s1044"/>
-        <o:r id="V:Rule7" type="connector" idref="#_x0000_s1048"/>
-[...1 lines deleted...]
-        <o:r id="V:Rule9" type="connector" idref="#_x0000_s1038"/>
+        <o:r id="V:Rule7" type="connector" idref="#_x0000_s1047"/>
+        <o:r id="V:Rule8" type="connector" idref="#_x0000_s1038"/>
+        <o:r id="V:Rule9" type="connector" idref="#_x0000_s1039"/>
       </o:rules>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
@@ -6310,51 +5744,50 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AE33A2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ab">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AE33A2"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="1"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
-    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AE33A2"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ad"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AE33A2"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
@@ -6410,134 +5843,103 @@
     <w:rsid w:val="00690D36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00690D36"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:kern w:val="1"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af0">
-[...9 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:styleId="af0">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009430C3"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="451826088">
+    <w:div w:id="435297024">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="500656840">
-[...25 lines deleted...]
-    <w:div w:id="1567522417">
+    <w:div w:id="452139051">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1700015647" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1700015647" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6784,66 +6186,77 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>855</Words>
-  <Characters>4878</Characters>
+  <Words>816</Words>
+  <Characters>4654</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>38</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Заголовки</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
+      <vt:lpstr>        Глава 4. Описание порядка взаимодействия с Государственной корпорацией «Правител</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>AlexSoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5722</CharactersWithSpaces>
+  <CharactersWithSpaces>5460</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Айнур</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>