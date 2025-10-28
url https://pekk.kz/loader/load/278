--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -1,5443 +1,6328 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00AC7E1C" w:rsidRPr="00382897" w:rsidRDefault="00DB29BE" w:rsidP="00AC7E1C">
+    <w:p w:rsidR="00600BCB" w:rsidRPr="003F2279" w:rsidRDefault="003454B4" w:rsidP="00600BCB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                            </w:t>
+      </w:r>
+      <w:r w:rsidR="00600BCB" w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар облысы әкімдігінің </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00600BCB" w:rsidRPr="003F2279" w:rsidRDefault="00600BCB" w:rsidP="00600BCB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 2017 жылғы «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>28</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қарашадағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00600BCB" w:rsidRPr="003F2279" w:rsidRDefault="00600BCB" w:rsidP="00600BCB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">385/6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00600BCB" w:rsidRPr="003F2279" w:rsidRDefault="00600BCB" w:rsidP="00600BCB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2040"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                           бекітілді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="00600BCB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B5397" w:rsidRDefault="002B5397" w:rsidP="002B5397">
       <w:pPr>
         <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F5374" w:rsidRDefault="005F5374" w:rsidP="002B5397">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="003F2279" w:rsidRDefault="003454B4" w:rsidP="002B5397">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="0004119B" w:rsidRPr="0057185C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Техникалық және  кәсіптік, орта білімнен кейінгі және жоғары білім беру ұйымдарындағы тәрбиеленушілер мен білім алушылардың жекелеген санаттағы азаматтарына, сондай-ақ, қорғаншылық (қамқоршылықтағы) пен патронаттағы тұлғаларына</w:t>
+      </w:r>
+      <w:r w:rsidR="0004119B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тегін тамақтандыруды ұсыну</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»  мемлекеттік көрсетілетін қызмет регламенті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="004B0FC9" w:rsidRDefault="003454B4" w:rsidP="002B5397">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="004B0FC9" w:rsidRDefault="003454B4" w:rsidP="002B5397">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00166758" w:rsidRPr="003F2279" w:rsidRDefault="00166758" w:rsidP="002B5397">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B1604">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-тарау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B1604">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="004B0FC9" w:rsidRDefault="003454B4" w:rsidP="002B5397">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="004B0FC9" w:rsidRDefault="004B0FC9" w:rsidP="004B0FC9">
+      <w:pPr>
+        <w:pStyle w:val="af0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="6379"/>
+          <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="6372"/>
-[...255 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003454B4" w:rsidRPr="004B0FC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. «</w:t>
+      </w:r>
+      <w:r w:rsidR="0004119B" w:rsidRPr="004B0FC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Техникалық және  кәсіптік, орта білімнен кейінгі және жоғары білім беру ұйымдарындағы тәрбиеленушілер мен білім алушылардың жекелеген санаттағы азаматтарына, сондай-ақ, қорғаншылық (қамқоршылықтағы) пен патронаттағы тұлғаларына тегін тамақтандыруды ұсыну</w:t>
+      </w:r>
+      <w:r w:rsidR="003454B4" w:rsidRPr="004B0FC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» мемлекеттік көрсетілетін қызметі</w:t>
+      </w:r>
+      <w:r w:rsidR="0053650D" w:rsidRPr="004B0FC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="003454B4" w:rsidRPr="004B0FC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – мемлекеттік көрсетілетін қызмет) </w:t>
+      </w:r>
+      <w:r w:rsidR="00D64C9B" w:rsidRPr="004B0FC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар облысының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B0FC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жергілікті атқарушы органы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002004B4" w:rsidRPr="004B0FC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және жоғары оқу орындары</w:t>
+      </w:r>
+      <w:r w:rsidR="002004B4" w:rsidRPr="004B0FC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D64C9B" w:rsidRPr="004B0FC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(бұдан әрі </w:t>
+      </w:r>
+      <w:r w:rsidR="009F7658" w:rsidRPr="004B0FC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D64C9B" w:rsidRPr="004B0FC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="009F7658" w:rsidRPr="004B0FC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D64C9B" w:rsidRPr="004B0FC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="003F2279" w:rsidRDefault="0053650D" w:rsidP="002B5397">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="710"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B0FC9">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ө</w:t>
+      </w:r>
+      <w:r w:rsidR="00877F64" w:rsidRPr="004B0FC9">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тінішті қабылдау және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B0FC9">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызмет мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943456">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>удің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943456">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00877F64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нәтижелерін беру </w:t>
+      </w:r>
+      <w:r w:rsidR="00877F64" w:rsidRPr="00943456">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті беруші</w:t>
+      </w:r>
+      <w:r w:rsidR="00877F64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нің кеңсесі арқылы жүзеге асырылады</w:t>
+      </w:r>
+      <w:r w:rsidR="003454B4">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="003F2279" w:rsidRDefault="003454B4" w:rsidP="002B5397">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Мемлекеттік қызметті көрсету нысаны: қағаз </w:t>
+      </w:r>
+      <w:r w:rsidR="009F7658" w:rsidRPr="00943456">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жүзінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B91F82" w:rsidRPr="00043F28" w:rsidRDefault="003454B4" w:rsidP="002B5397">
+      <w:pPr>
+        <w:pStyle w:val="af0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00043F28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Мемлекеттік қызметті көрсету нәтижесі </w:t>
+      </w:r>
+      <w:r w:rsidR="009F7658" w:rsidRPr="00043F28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00043F28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="009F7658" w:rsidRPr="00043F28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B91F82" w:rsidRPr="00043F28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тегін тамақтандыруды ұсыну немесе бас тарту туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA496C" w:rsidRPr="00043F28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B91F82" w:rsidRPr="00043F28">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еркін нысандағы</w:t>
+      </w:r>
+      <w:r w:rsidR="00B91F82" w:rsidRPr="00043F28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешім</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA496C" w:rsidRPr="00043F28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B91F82" w:rsidRPr="00043F28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009415DC" w:rsidRPr="00943456" w:rsidRDefault="009415DC" w:rsidP="009415DC">
+      <w:pPr>
+        <w:pStyle w:val="af0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00043F28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету нәтижесін беру нысаны: қағаз жүзінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E604BD" w:rsidRPr="004B0FC9" w:rsidRDefault="00E604BD" w:rsidP="002B5397">
+      <w:pPr>
+        <w:pStyle w:val="af0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B0FC9" w:rsidRPr="004B0FC9" w:rsidRDefault="004B0FC9" w:rsidP="002B5397">
+      <w:pPr>
+        <w:pStyle w:val="af0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B5397" w:rsidRDefault="00166758" w:rsidP="002B5397">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-тарау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Мемлекеттік қызмет көрсету процесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00166758" w:rsidRPr="003F2279" w:rsidRDefault="00166758" w:rsidP="002B5397">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-қимыл тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="009A67E8" w:rsidRDefault="003454B4" w:rsidP="002B5397">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="003F2279" w:rsidRDefault="003454B4" w:rsidP="002B5397">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>емлекеттік қызметті көрсету бойынша рәсімді (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-қимылды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) бастау үшін</w:t>
+      </w:r>
+      <w:r w:rsidR="00B731FE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B731FE" w:rsidRPr="00B731FE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрі</w:t>
+      </w:r>
+      <w:r w:rsidR="00B731FE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нің</w:t>
+      </w:r>
+      <w:r w:rsidR="00B731FE" w:rsidRPr="00B731FE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2017 жылғы  </w:t>
+      </w:r>
+      <w:r w:rsidR="0021029A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidR="00B731FE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7 тамыздағы </w:t>
+      </w:r>
+      <w:r w:rsidR="00B731FE" w:rsidRPr="00B731FE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00623B02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>96</w:t>
+      </w:r>
+      <w:r w:rsidR="00B731FE" w:rsidRPr="00B731FE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен бекітілген «</w:t>
+      </w:r>
+      <w:r w:rsidR="00B731FE" w:rsidRPr="0057185C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Техникалық және  кәсіптік, орта білімнен кейінгі және жоғары білім беру ұйымдарындағы тәрбиеленушілер мен білім алушылардың жекелеген санаттағы азаматтарына, сондай-ақ, қорғаншылық (қамқоршылықтағы) пен патронаттағы тұлғаларына</w:t>
+      </w:r>
+      <w:r w:rsidR="00B731FE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тегін тамақтандыруды ұсыну</w:t>
+      </w:r>
+      <w:r w:rsidR="00B731FE" w:rsidRPr="00B731FE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="00B731FE" w:rsidRPr="00B731FE">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік көрсетілетін қызмет стандартының </w:t>
+      </w:r>
+      <w:r w:rsidR="00B731FE" w:rsidRPr="00B731FE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(бұдан </w:t>
+      </w:r>
+      <w:r w:rsidR="00B731FE" w:rsidRPr="00B731FE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">әрі – Стандарт) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B731FE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00D64C9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B731FE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00D64C9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B731FE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тармағында көрсетілген қажетті құжаттарды қоса көрсетілетін қызметті алушының өтініші негіздеме болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="003F2279" w:rsidRDefault="003454B4" w:rsidP="002B5397">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Мемлекеттік қызметті көрсету процесінің құрамына кіретін әрбір рәсімнің (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-қимылдың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) мазмұны, орындалу ұзақтығы мен реттілігі, соның ішінде рәсімдердің (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-қимылдың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) өту кезеңі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B24D33" w:rsidRDefault="003454B4" w:rsidP="00B24D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B24D33" w:rsidRPr="00AB0F68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін қызметті берушінің кеңсе қызметкері көрсетілетін қызметті алушыдан алынған құжаттарды қабылдауды және тіркеуді жүзеге асырады, көшірмелерді құжаттардың </w:t>
+      </w:r>
+      <w:r w:rsidR="001D42C0" w:rsidRPr="00BE1373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>түпнұсқаларымен</w:t>
+      </w:r>
+      <w:r w:rsidR="00B24D33" w:rsidRPr="00AB0F68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> салыстырады</w:t>
+      </w:r>
+      <w:r w:rsidR="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="001D42C0" w:rsidRPr="00BE1373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>түпнұсқаларды</w:t>
+      </w:r>
+      <w:r w:rsidR="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет алушыға қайтарады</w:t>
+      </w:r>
+      <w:r w:rsidR="00B24D33" w:rsidRPr="00AB0F68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және көрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:r w:rsidR="00043F28" w:rsidRPr="00AB0F68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кеңсе қызметкері </w:t>
+      </w:r>
+      <w:r w:rsidR="00B24D33" w:rsidRPr="00AB0F68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">басшысына қарастыруға береді </w:t>
+      </w:r>
+      <w:r w:rsidR="00856CDC" w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00B24D33" w:rsidRPr="00AB0F68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30 (отыз) минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00042911" w:rsidRDefault="00D0664E" w:rsidP="002B5397">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidR="00623B02" w:rsidRPr="00042911">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметті алушы Стандарттың 9</w:t>
+      </w:r>
+      <w:r w:rsidR="00D64C9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00623B02" w:rsidRPr="00042911">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00D64C9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00623B02" w:rsidRPr="00042911">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тармағында қарастырылғ</w:t>
+      </w:r>
+      <w:r w:rsidR="00623B02">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ан тізбеге </w:t>
+      </w:r>
+      <w:r w:rsidR="00623B02" w:rsidRPr="00042911">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сәйкес құжаттар</w:t>
+      </w:r>
+      <w:r w:rsidR="00623B02">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> топтамасын</w:t>
+      </w:r>
+      <w:r w:rsidR="00623B02" w:rsidRPr="00042911">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> толық ұсынбаған жағдайда</w:t>
+      </w:r>
+      <w:r w:rsidR="00623B02">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және (немесе) қолданыс</w:t>
+      </w:r>
+      <w:r w:rsidR="00623B02" w:rsidRPr="00042911">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мерзімі өткен құжаттар</w:t>
+      </w:r>
+      <w:r w:rsidR="00623B02">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды ұсынғанда көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidR="00623B02" w:rsidRPr="00042911">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00623B02" w:rsidRPr="00042911">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="00623B02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті</w:t>
+      </w:r>
+      <w:r w:rsidR="00623B02" w:rsidRPr="00042911">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беруші</w:t>
+      </w:r>
+      <w:r w:rsidR="00623B02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өтінішті</w:t>
+      </w:r>
+      <w:r w:rsidR="00623B02" w:rsidRPr="00042911">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00623B02" w:rsidRPr="007D3AF9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қабылдаудан бас тарт</w:t>
+      </w:r>
+      <w:r w:rsidR="00623B02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ады</w:t>
+      </w:r>
+      <w:r w:rsidR="003454B4" w:rsidRPr="00042911">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00042911" w:rsidRDefault="003454B4" w:rsidP="002B5397">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00042911">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) көрсетілетін қызметті берушінің басшысы құжаттарды қара</w:t>
+      </w:r>
+      <w:r w:rsidR="00623B02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>стырады және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00042911">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жауапты орындаушыны анықтайды </w:t>
+      </w:r>
+      <w:r w:rsidR="00856CDC" w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00042911">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00856CDC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00042911">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00856CDC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>екі)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00042911">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006105AB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D64C9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">күнтізбелік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00042911">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">күн; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00166758" w:rsidRDefault="003454B4" w:rsidP="002B5397">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0252D" w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A62AEB" w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін қызметті берушінің жауапты орындаушысы </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0057" w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шешім</w:t>
+      </w:r>
+      <w:r w:rsidR="00043F28">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ді </w:t>
+      </w:r>
+      <w:r w:rsidR="00A62AEB" w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">немесе </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0057" w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Стандарттың 10</w:t>
+      </w:r>
+      <w:r w:rsidR="008A7ABE" w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00856CDC" w:rsidRPr="00042911">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="008A7ABE" w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0057" w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тармағы</w:t>
+      </w:r>
+      <w:r w:rsidR="00B24D33" w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="00882E94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:r w:rsidR="00B24D33" w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00882E94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:r w:rsidR="00B24D33" w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0053650D" w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жағдай</w:t>
+      </w:r>
+      <w:r w:rsidR="0053650D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>да және</w:t>
+      </w:r>
+      <w:r w:rsidR="0053650D" w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B24D33" w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>негіз</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0057" w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>де</w:t>
+      </w:r>
+      <w:r w:rsidR="00B24D33" w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">р бойынша </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0057" w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік қызмет көрсетуден </w:t>
+      </w:r>
+      <w:r w:rsidR="00043F28">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бас тартуды </w:t>
+      </w:r>
+      <w:r w:rsidR="00A62AEB" w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ресімдейді және </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1A0B" w:rsidRPr="00042911">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:r w:rsidR="00A62AEB" w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басшы</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1A0B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сына </w:t>
+      </w:r>
+      <w:r w:rsidR="00A62AEB" w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қарауға және қол қоюға жібереді </w:t>
+      </w:r>
+      <w:r w:rsidR="00856CDC" w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00A62AEB" w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1A0B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A62AEB" w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 (төрт) </w:t>
+      </w:r>
+      <w:r w:rsidR="00D64C9B" w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>күнтізбелік</w:t>
+      </w:r>
+      <w:r w:rsidR="00A62AEB" w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00276C40" w:rsidRPr="00042911">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>күн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3D42">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00042911" w:rsidRDefault="003454B4" w:rsidP="002B5397">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00042911">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) көрсетілетін қызметті берушінің басшысы </w:t>
+      </w:r>
+      <w:r w:rsidR="005C0DBE" w:rsidRPr="00AE1297">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="0053650D">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті</w:t>
+      </w:r>
+      <w:r w:rsidR="005C0DBE" w:rsidRPr="00AE1297">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсету</w:t>
+      </w:r>
+      <w:r w:rsidR="005C0DBE">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нәтижесін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00042911">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қара</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1A0B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>йды</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0664E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00042911">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қол қояды </w:t>
+      </w:r>
+      <w:r w:rsidR="00856CDC" w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00856CDC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00856CDC" w:rsidRPr="00042911">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00856CDC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">екі) </w:t>
+      </w:r>
+      <w:r w:rsidR="00D64C9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>күнтізбелік</w:t>
+      </w:r>
+      <w:r w:rsidR="006105AB" w:rsidRPr="00042911">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00042911">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>күн;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C0DBE" w:rsidRPr="005C0DBE" w:rsidRDefault="003454B4" w:rsidP="002B5397">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) көрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:r w:rsidR="00475674">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кеңсе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметкері мемлекеттік қызметті</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0664E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нәтижесін</w:t>
+      </w:r>
+      <w:r w:rsidR="00336219" w:rsidRPr="005C0DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тіркейді және </w:t>
+      </w:r>
+      <w:r w:rsidR="00336219" w:rsidRPr="005C0DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оны </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін қызметті алушыға береді </w:t>
+      </w:r>
+      <w:r w:rsidR="00856CDC" w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00856CDC" w:rsidRPr="005C0DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00856CDC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>30 (отыз) минут.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A979D9" w:rsidRPr="005C0DBE">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="005C0DBE" w:rsidRDefault="003454B4" w:rsidP="002B5397">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Мемлекеттік қызметті көрсету </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0DBE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рәсімі</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0664E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0DBE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0664E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0DBE">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-қимыл</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0664E">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дың)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0DBE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нәтижесі</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0664E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00856CDC" w:rsidRPr="00B24D33">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E2205">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тегін тамақтандыруды ұсыну немесе бас тарту туралы </w:t>
+      </w:r>
+      <w:r w:rsidR="008E2205" w:rsidRPr="004F5469">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еркін нысандағы</w:t>
+      </w:r>
+      <w:r w:rsidR="008E2205">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0DBE">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00864380" w:rsidRDefault="003454B4" w:rsidP="002B5397">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="34"/>
+          <w:szCs w:val="34"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC55A5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00864380">
+        <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-[...6 lines deleted...]
-        </w:tabs>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A979D9" w:rsidRPr="00864380" w:rsidRDefault="00A979D9" w:rsidP="002B5397">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="34"/>
+          <w:szCs w:val="34"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00166758" w:rsidRPr="00166758" w:rsidRDefault="0021029A" w:rsidP="0021029A">
+      <w:pPr>
+        <w:pStyle w:val="af0"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...13 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00166758" w:rsidRPr="00166758">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...13 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-тарау. Мемлекеттік қызмет көрсету процесінде көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidR="00166758" w:rsidRPr="00166758">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ерушінің құрылымдық бөлімшелерінің (қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ызметкерлерінің) өзара іс-қимыл </w:t>
+      </w:r>
+      <w:r w:rsidR="00166758" w:rsidRPr="00166758">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00864380" w:rsidRDefault="003454B4" w:rsidP="002B5397">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="003F2279" w:rsidRDefault="003454B4" w:rsidP="002B5397">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Мемлекеттік қызмет көрсету процесіне қатысатын көрсетілетін қызметті берушінің  құрылымдық бөлімшелерінің (қызметкерлерінің) тізбесі: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="003F2279" w:rsidRDefault="003454B4" w:rsidP="002B5397">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) көрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:r w:rsidR="004657EB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0664E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="006119CB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0664E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">се </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызметкері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="003F2279" w:rsidRDefault="003454B4" w:rsidP="002B5397">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) көрсетілетін қызметті берушінің басшысы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="003F2279" w:rsidRDefault="003454B4" w:rsidP="002B5397">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) көрсетілетін қызметті берушінің жауапты орындаушысы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="003F2279" w:rsidRDefault="003454B4" w:rsidP="002B5397">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Әрбір рәсімнің (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-қимылдың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) ұзақтығын көрсете отырып, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құрылымдық бөлімшелер</w:t>
+      </w:r>
+      <w:r w:rsidR="00A62AEB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қызметкерлер</w:t>
+      </w:r>
+      <w:r w:rsidR="0053650D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) арасындағы рәсімдер (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-қимылдар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) реттілігін сипаттау осы регламенттің қосымшасына сәйкес мемлекеттік қызмет көрсетудің бизнес-процестерінің анықтамалығында көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="002B5397" w:rsidRDefault="003454B4" w:rsidP="002B5397">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00166758" w:rsidRDefault="00166758" w:rsidP="002B5397">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB563C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4-тарау. </w:t>
+      </w:r>
+      <w:r w:rsidR="003454B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidR="003454B4" w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">емлекеттік қызмет көрсету </w:t>
+      </w:r>
+      <w:r w:rsidR="003454B4" w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>процесінде</w:t>
+      </w:r>
+      <w:r w:rsidR="003454B4" w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Азаматтарға арналған үкімет</w:t>
+      </w:r>
+      <w:r w:rsidR="003454B4" w:rsidRPr="00226F35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidR="003454B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> м</w:t>
+      </w:r>
+      <w:r w:rsidR="003454B4" w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>емлекеттік  корпорациясымен</w:t>
+      </w:r>
+      <w:r w:rsidR="003454B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003454B4" w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өзара іс</w:t>
+      </w:r>
+      <w:r w:rsidR="002B5397">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="003454B4" w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қимыл </w:t>
+      </w:r>
+      <w:r w:rsidR="003454B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:r w:rsidR="003454B4" w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="003F2279" w:rsidRDefault="003454B4" w:rsidP="002B5397">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...21 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>сондай</w:t>
+      </w:r>
+      <w:r w:rsidR="002B5397">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ақ ақпараттық жүйелерді қолдану тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="002B5397">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="003F2279" w:rsidRDefault="003454B4" w:rsidP="002B5397">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:bCs/>
-[...31 lines deleted...]
-        </w:tabs>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">емлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0664E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қызмет «Азаматтарға арналған үкімет» мемлекеттік корпорациясы» коммерциялық емес акционерлік қоғамы және «электрондық үкімет» веб</w:t>
+      </w:r>
+      <w:r w:rsidR="002B5397">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2279">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>порталы арқылы көрсетілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="002B5397">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...207 lines deleted...]
-    <w:p w:rsidR="00964371" w:rsidRPr="00964371" w:rsidRDefault="0058107A" w:rsidP="00EC33C9">
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D0664E" w:rsidRPr="00856CDC" w:rsidRDefault="003454B4" w:rsidP="00D0664E">
       <w:pPr>
         <w:pStyle w:val="a5"/>
-        <w:ind w:firstLine="709"/>
-[...115 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:bCs/>
-[...1967 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00856CDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD05F5" w:rsidRPr="00856CDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Техникалық және  кәсіптік, орта білімнен кейінгі және жоғары білім беру ұйымдарындағы тәрбиеленушілер мен білім алушылардың жекелеген санаттағы азаматтарына, сондай-ақ, қорғаншылық (қамқоршылықтағы) пен патронаттағы тұлғаларына тегін тамақтандыруды ұсыну</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856CDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» мемлекеттік көрсетілетін қызмет  регламентіне</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00856CDC" w:rsidRDefault="003454B4" w:rsidP="00D0664E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="3540"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00856CDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="000F2922" w:rsidRPr="00054403">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00054403">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00856CDC" w:rsidRPr="00856CDC" w:rsidRDefault="00856CDC" w:rsidP="003454B4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6045"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00856CDC">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD05F5" w:rsidRPr="00856CDC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Техникалық және  кәсіптік, орта білімнен кейінгі және жоғары білім беру ұйымдарындағы тәрбиеленушілер мен білім алушылардың жекелеген санаттағы азаматтарына, сондай-ақ, қорғаншылық (қамқоршылықтағы) пен патронаттағы тұлғаларына тегін тамақтандыруды ұсыну</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856CDC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» ме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856CDC">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">млекеттік қызмет көрсетудің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856CDC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бизнес-процестерінің анықтамалығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00856CDC" w:rsidRDefault="00856CDC" w:rsidP="003454B4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6045"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00427A58">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00856CDC" w:rsidRPr="00856CDC" w:rsidRDefault="00856CDC" w:rsidP="003454B4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6045"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F5374" w:rsidRDefault="007C3005" w:rsidP="003454B4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6045"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C3005">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1072" style="position:absolute;left:0;text-align:left;margin-left:377.6pt;margin-top:5.95pt;width:111pt;height:53.65pt;z-index:251644416" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1072">
+          <v:roundrect id="_x0000_s1133" style="position:absolute;left:0;text-align:left;margin-left:377.6pt;margin-top:7.2pt;width:106.6pt;height:65.05pt;z-index:251647488" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1133">
               <w:txbxContent>
-                <w:p w:rsidR="0058107A" w:rsidRPr="00054403" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                <w:p w:rsidR="00BD05F5" w:rsidRDefault="003454B4" w:rsidP="003454B4">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00054403">
-[...20 lines deleted...]
-                  </w:r>
+                  <w:r w:rsidRPr="00E42FE3">
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Көрсетілетін қызметті берушінің</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00BD05F5">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> жауапты</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003454B4" w:rsidRPr="00E42FE3" w:rsidRDefault="00BD05F5" w:rsidP="003454B4">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidR="003454B4" w:rsidRPr="00E42FE3">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>о</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>р</w:t>
+                  </w:r>
+                  <w:r w:rsidR="003454B4" w:rsidRPr="00E42FE3">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>ындаушысы</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003454B4" w:rsidRPr="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00427A58">
+      <w:r w:rsidRPr="007C3005">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1058" style="position:absolute;left:0;text-align:left;margin-left:268.5pt;margin-top:5.95pt;width:103.8pt;height:47.7pt;z-index:251645440" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1058">
+          <v:roundrect id="_x0000_s1134" style="position:absolute;left:0;text-align:left;margin-left:268.5pt;margin-top:7.2pt;width:103.8pt;height:57.85pt;z-index:251648512" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1134">
               <w:txbxContent>
-                <w:p w:rsidR="0058107A" w:rsidRPr="00054403" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                <w:p w:rsidR="003454B4" w:rsidRPr="00E42FE3" w:rsidRDefault="003454B4" w:rsidP="003454B4">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00054403">
-[...4 lines deleted...]
-                    <w:t xml:space="preserve">Руководитель </w:t>
+                  <w:r w:rsidRPr="00E42FE3">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Көрсетілетін қызметті берушінің басшысы</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="0058107A" w:rsidRPr="00054403" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                <w:p w:rsidR="003454B4" w:rsidRPr="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4">
                   <w:pPr>
-                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                      <w:sz w:val="20"/>
+                    <w:rPr>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00054403">
-[...5 lines deleted...]
-                  </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1057" style="position:absolute;left:0;text-align:left;margin-left:123.4pt;margin-top:5.95pt;width:137.75pt;height:47.7pt;z-index:251647488" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1057">
+          <v:roundrect id="_x0000_s1136" style="position:absolute;left:0;text-align:left;margin-left:123.4pt;margin-top:7.2pt;width:137.75pt;height:57.85pt;z-index:251650560" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1136">
               <w:txbxContent>
-                <w:p w:rsidR="0058107A" w:rsidRPr="00054403" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                <w:p w:rsidR="003454B4" w:rsidRPr="001D475C" w:rsidRDefault="003454B4" w:rsidP="003454B4">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00054403">
-[...4 lines deleted...]
-                    <w:t>Сотрудник</w:t>
+                  <w:r w:rsidRPr="00E42FE3">
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Көрсетілетін қызметті берушінің</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00E42FE3">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00BD05F5">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>кеңсе</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00E42FE3">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> қызметкері</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="0058107A" w:rsidRPr="00054403" w:rsidRDefault="003171E3" w:rsidP="0058107A">
+                <w:p w:rsidR="003454B4" w:rsidRPr="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4">
                   <w:pPr>
-                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                      <w:sz w:val="20"/>
+                    <w:rPr>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00054403">
-[...12 lines deleted...]
-                  </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1056" style="position:absolute;left:0;text-align:left;margin-left:5.05pt;margin-top:5.95pt;width:113pt;height:47.7pt;z-index:251646464" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1056">
+          <v:roundrect id="_x0000_s1135" style="position:absolute;left:0;text-align:left;margin-left:5.05pt;margin-top:7.2pt;width:113pt;height:57.85pt;z-index:251649536" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1135">
               <w:txbxContent>
-                <w:p w:rsidR="0058107A" w:rsidRPr="00054403" w:rsidRDefault="0058107A" w:rsidP="00DD0068">
+                <w:p w:rsidR="003454B4" w:rsidRPr="00254BEC" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00254BEC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Көрсетілетін қызметті алушы</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003454B4" w:rsidRPr="001D475C" w:rsidRDefault="003454B4" w:rsidP="003454B4">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-                    <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00054403">
-[...5 lines deleted...]
-                  </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+    <w:p w:rsidR="003454B4" w:rsidRPr="002B5397" w:rsidRDefault="003454B4" w:rsidP="005F5374">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="003454B4" w:rsidP="003454B4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00382897">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A80BF3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="003454B4" w:rsidP="003454B4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="003454B4" w:rsidP="003454B4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="00427A58" w:rsidP="0058107A">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="007C3005" w:rsidP="003454B4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1073" style="position:absolute;left:0;text-align:left;margin-left:372.3pt;margin-top:12.7pt;width:111pt;height:474.15pt;z-index:251648512" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1073">
+          <v:rect id="_x0000_s1141" style="position:absolute;left:0;text-align:left;margin-left:386.15pt;margin-top:11.45pt;width:93.55pt;height:234.45pt;z-index:251655680">
+            <v:textbox style="mso-next-textbox:#_x0000_s1141">
               <w:txbxContent>
-                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A"/>
-[...3 lines deleted...]
-                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                <w:p w:rsidR="00276C40" w:rsidRPr="00856CDC" w:rsidRDefault="0053650D" w:rsidP="00FE68EC">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Ш</w:t>
+                  </w:r>
+                  <w:r w:rsidR="002666CB">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">ешімді </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00276C40" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">немесе Стандарттың </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00EE1A0B" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">          </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00276C40" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">10 </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00EE1A0B" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>-</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00276C40" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> тармағы</w:t>
+                  </w:r>
+                  <w:r w:rsidR="002666CB">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">нда көрсетілген </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">жағдайда және  </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00276C40" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">негіздер бойынша мемлекеттік қызмет көрсетуден </w:t>
+                  </w:r>
+                  <w:r w:rsidR="007F5719">
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">бас тартуды </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00276C40" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00276C40" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">ресімдейді және </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00EE1A0B" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">көрсетілетін қызмет берушінің </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00276C40" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>басшы</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00EE1A0B" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>сына қара</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00276C40" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">уға және қол қоюға </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00856CDC" w:rsidRDefault="00276C40" w:rsidP="00FE68EC">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>жібереді</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00DA0057" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00856CDC">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>–</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00FE68EC" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003454B4" w:rsidRPr="00856CDC" w:rsidRDefault="00FE68EC" w:rsidP="00FE68EC">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">4 (төрт) </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00D64C9B" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>күнтізбелік</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> күн</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1139" style="position:absolute;left:0;text-align:left;margin-left:5.05pt;margin-top:.65pt;width:107.75pt;height:470.35pt;z-index:251653632" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1142" style="position:absolute;left:0;text-align:left;margin-left:276.25pt;margin-top:11.45pt;width:88.05pt;height:95.25pt;z-index:251656704">
+            <v:textbox style="mso-next-textbox:#_x0000_s1142">
+              <w:txbxContent>
+                <w:p w:rsidR="00D64C9B" w:rsidRPr="00856CDC" w:rsidRDefault="00FF1BF9" w:rsidP="008F2186">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidR="008F2186" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Құжаттарды</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00A62AEB" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> қарастырады және</w:t>
+                  </w:r>
+                  <w:r w:rsidR="008F2186" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> жауапты орындаушыны анықтайды </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00D64C9B" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>–</w:t>
+                  </w:r>
+                  <w:r w:rsidR="008F2186" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003454B4" w:rsidRPr="00856CDC" w:rsidRDefault="00856CDC" w:rsidP="008F2186">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>2</w:t>
+                  </w:r>
+                  <w:r w:rsidR="008F2186" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> (</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>екі</w:t>
+                  </w:r>
+                  <w:r w:rsidR="008F2186" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">)  </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00D64C9B" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>күнтізбелік</w:t>
+                  </w:r>
+                  <w:r w:rsidR="008F2186" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> күн</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1143" style="position:absolute;left:0;text-align:left;margin-left:130.25pt;margin-top:11.45pt;width:123.35pt;height:185.2pt;z-index:251657728">
+            <v:textbox style="mso-next-textbox:#_x0000_s1143">
+              <w:txbxContent>
+                <w:p w:rsidR="00276C40" w:rsidRPr="00856CDC" w:rsidRDefault="00276C40" w:rsidP="008F2186">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Көрсетілетін қызметті алушыдан алынған құжаттарды қабылдауды және тіркеуді жүзеге асырады, көшірмелерді құжаттардың телнұсқаларымен салыстырады, телнұсқаларды қызмет алушыға қайтарады және көрсетілетін қызметті берушінің басшысына қарастыруға береді – </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003454B4" w:rsidRPr="00856CDC" w:rsidRDefault="008F2186" w:rsidP="008F2186">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>30 (отыз) минут</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1137" style="position:absolute;left:0;text-align:left;margin-left:377.6pt;margin-top:.65pt;width:111.95pt;height:470.35pt;z-index:251651584" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1137">
+              <w:txbxContent>
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4"/>
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4"/>
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4"/>
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4"/>
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="0058107A" w:rsidRPr="009155EA" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                <w:p w:rsidR="003454B4" w:rsidRPr="009155EA" w:rsidRDefault="003454B4" w:rsidP="003454B4">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="009155EA">
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t xml:space="preserve">                 </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A"/>
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4"/>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1061" style="position:absolute;left:0;text-align:left;margin-left:261.15pt;margin-top:12.7pt;width:103.8pt;height:474.15pt;z-index:251649536" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1061">
+          <v:roundrect id="_x0000_s1138" style="position:absolute;left:0;text-align:left;margin-left:268.5pt;margin-top:.65pt;width:103.8pt;height:470.35pt;z-index:251652608" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1138">
               <w:txbxContent>
-                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A"/>
-[...3 lines deleted...]
-                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4"/>
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4"/>
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4"/>
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4"/>
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="0058107A" w:rsidRPr="009155EA" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                <w:p w:rsidR="003454B4" w:rsidRPr="009155EA" w:rsidRDefault="003454B4" w:rsidP="003454B4">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve">             </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A"/>
-[...2 lines deleted...]
-                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4"/>
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4"/>
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4"/>
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t xml:space="preserve">               </w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1060" style="position:absolute;left:0;text-align:left;margin-left:118.05pt;margin-top:12.7pt;width:137.75pt;height:474.15pt;z-index:251651584" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1060">
+          <v:roundrect id="_x0000_s1140" style="position:absolute;left:0;text-align:left;margin-left:118.05pt;margin-top:.65pt;width:143.1pt;height:470.35pt;z-index:251654656" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1140">
               <w:txbxContent>
-                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A"/>
-[...3 lines deleted...]
-                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4"/>
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4"/>
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4"/>
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4"/>
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="0058107A" w:rsidRPr="009155EA" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                <w:p w:rsidR="003454B4" w:rsidRPr="009155EA" w:rsidRDefault="003454B4" w:rsidP="003454B4">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="001659DB">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve">                </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve">                   </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve">                  </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="0058107A" w:rsidRPr="00364326" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                <w:p w:rsidR="003454B4" w:rsidRPr="00364326" w:rsidRDefault="003454B4" w:rsidP="003454B4">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve">                  </w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="00427A58" w:rsidP="0058107A">
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="007C3005" w:rsidP="003454B4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:rect id="_x0000_s1090" style="position:absolute;left:0;text-align:left;margin-left:123.4pt;margin-top:14.95pt;width:123.35pt;height:170.85pt;z-index:251672064">
-            <v:textbox style="mso-next-textbox:#_x0000_s1090">
+          <v:roundrect id="_x0000_s1162" style="position:absolute;left:0;text-align:left;margin-left:23.85pt;margin-top:6.65pt;width:72.25pt;height:41.85pt;z-index:251672064" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
+            <v:fill color2="#ccc" angle="-45" focus="-50%" type="gradient"/>
+            <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
+            <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="00DD6461" w:rsidRDefault="00EC33C9" w:rsidP="00EC33C9">
+                <w:p w:rsidR="00856CDC" w:rsidRPr="00C2705C" w:rsidRDefault="00856CDC" w:rsidP="00856CDC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C2705C">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Өтініш</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="007C3005" w:rsidP="003454B4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C3005">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+            <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+            <o:lock v:ext="edit" shapetype="t"/>
+          </v:shapetype>
+          <v:shape id="_x0000_s1145" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:364.3pt;margin-top:12.2pt;width:21.85pt;height:0;z-index:251659776" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1147" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:96.1pt;margin-top:12.2pt;width:34.15pt;height:.05pt;z-index:251661824" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1146" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:253.05pt;margin-top:12.2pt;width:23.2pt;height:0;z-index:251660800" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="007C3005" w:rsidP="003454B4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1153" style="position:absolute;margin-left:129.7pt;margin-top:17.5pt;width:123.35pt;height:150.6pt;z-index:251667968">
+            <v:textbox style="mso-next-textbox:#_x0000_s1153">
+              <w:txbxContent>
+                <w:p w:rsidR="00D64C9B" w:rsidRPr="00856CDC" w:rsidRDefault="00D64C9B" w:rsidP="00D64C9B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00DD0068">
-[...4 lines deleted...]
-                    <w:t xml:space="preserve">Осуществляет прием </w:t>
+                  <w:r w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>К</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00A62AEB" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">өрсетілетін қызметті алушы Стандарттың </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">       </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00DD6461" w:rsidRDefault="00EC33C9" w:rsidP="00EC33C9">
+                <w:p w:rsidR="00A62AEB" w:rsidRPr="00856CDC" w:rsidRDefault="00A62AEB" w:rsidP="00D64C9B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00DD0068">
-[...12 lines deleted...]
-                    <w:t xml:space="preserve"> сверяет копии с оригиналами документов, возвращает оригиналы услугополучателю </w:t>
+                  <w:r w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>9</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00D64C9B" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>-</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00D64C9B" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">тармағында қарастырылған тізбеге сәйкес құжаттар топтамасын толық ұсынбаған жағдайда және (немесе) қолданыс мерзімі өткен құжаттарды ұсынғанда </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>өтінішті</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>қабылдаудан бас тартады</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00DD6461" w:rsidRDefault="00EC33C9" w:rsidP="00EC33C9">
+                <w:p w:rsidR="003454B4" w:rsidRPr="0053650D" w:rsidRDefault="003454B4" w:rsidP="00A62AEB">
                   <w:pPr>
-                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                      <w:sz w:val="20"/>
+                    <w:rPr>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00DD0068">
-[...102 lines deleted...]
-                  </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
+      <w:r w:rsidRPr="007C3005">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1154" type="#_x0000_t32" style="position:absolute;margin-left:188.1pt;margin-top:3.5pt;width:.05pt;height:14pt;z-index:251668992" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="007C3005" w:rsidP="003454B4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:rect id="_x0000_s1065" style="position:absolute;left:0;text-align:left;margin-left:269.95pt;margin-top:14.95pt;width:88.05pt;height:104.25pt;z-index:251653632">
-            <v:textbox style="mso-next-textbox:#_x0000_s1065">
+          <v:shape id="_x0000_s1156" type="#_x0000_t32" style="position:absolute;margin-left:437.5pt;margin-top:24.2pt;width:.1pt;height:161.65pt;z-index:251671040" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="007C3005" w:rsidP="003454B4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C3005">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1148" style="position:absolute;left:0;text-align:left;margin-left:276.25pt;margin-top:.55pt;width:88.05pt;height:111.95pt;z-index:251662848">
+            <v:textbox style="mso-next-textbox:#_x0000_s1148">
               <w:txbxContent>
-                <w:p w:rsidR="00676E6E" w:rsidRPr="00DD0068" w:rsidRDefault="000F2922" w:rsidP="000F2922">
+                <w:p w:rsidR="00D0664E" w:rsidRPr="00856CDC" w:rsidRDefault="00D0664E" w:rsidP="00567DFB">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00DD0068">
-[...4 lines deleted...]
-                    <w:t xml:space="preserve">Рассматривает документ </w:t>
+                  <w:r w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Мемлекеттік</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> қ</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00060A72" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>ызмет</w:t>
+                  </w:r>
+                  <w:r w:rsidR="0053650D" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>ті</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00060A72" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> көрсету нәтижесін </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00060A72" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>қара</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00EE1A0B" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>й</w:t>
+                  </w:r>
+                  <w:r w:rsidR="0053650D" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>ды</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> және</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00060A72" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> қол қояды </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>–</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00060A72" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="0058107A" w:rsidRPr="00DD0068" w:rsidRDefault="000F2922" w:rsidP="000F2922">
+                <w:p w:rsidR="003454B4" w:rsidRPr="00856CDC" w:rsidRDefault="00856CDC" w:rsidP="00567DFB">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00DD0068">
-[...19 lines deleted...]
-                      <w:szCs w:val="20"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>2</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00DD0068">
-[...2 lines deleted...]
-                      <w:color w:val="000000"/>
+                  <w:r w:rsidR="00060A72" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> (</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>екі</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00060A72" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">) </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00D64C9B" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>күнтізбелік</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00060A72" w:rsidRPr="00856CDC">
+                    <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00DD0068">
-[...32 lines deleted...]
-                    <w:t xml:space="preserve"> дня</w:t>
+                  <w:r w:rsidR="00567DFB" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>күн</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="007C3005" w:rsidP="003454B4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C3005">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:rect id="_x0000_s1074" style="position:absolute;left:0;text-align:left;margin-left:377.6pt;margin-top:14.95pt;width:93.55pt;height:196.15pt;z-index:251652608">
-            <v:textbox style="mso-next-textbox:#_x0000_s1074">
+          <v:roundrect id="_x0000_s1163" style="position:absolute;left:0;text-align:left;margin-left:16.1pt;margin-top:5.05pt;width:80pt;height:65.4pt;z-index:251673088" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
+            <v:fill color2="#ccc" angle="-45" focus="-50%" type="gradient"/>
+            <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
+            <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="00DD6461" w:rsidRDefault="00426C5A" w:rsidP="000F2922">
+                <w:p w:rsidR="0030076B" w:rsidRPr="00C2705C" w:rsidRDefault="0030076B" w:rsidP="0030076B">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>М</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C2705C">
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>емлекеттік қызмет көрсету нәтижесі</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="007C3005">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1149" style="position:absolute;left:0;text-align:left;margin-left:130.25pt;margin-top:5.05pt;width:115.95pt;height:82.15pt;z-index:251663872">
+            <v:textbox style="mso-next-textbox:#_x0000_s1149">
+              <w:txbxContent>
+                <w:p w:rsidR="00DA0057" w:rsidRPr="00856CDC" w:rsidRDefault="00D64C9B" w:rsidP="00060A72">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00DD0068">
-[...26 lines deleted...]
-                      <w:szCs w:val="20"/>
+                  <w:r w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>М</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00060A72" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">емлекеттік қызметті </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00D0664E" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">көрсету </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00060A72" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">нәтижесін тіркейді және оны көрсетілетін қызметті алушыға береді </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00DA0057" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>–</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00060A72" w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
-                  <w:r w:rsidR="00054403">
-[...47 lines deleted...]
-                  </w:r>
                 </w:p>
-                <w:p w:rsidR="00DD6461" w:rsidRDefault="00426C5A" w:rsidP="000F2922">
+                <w:p w:rsidR="003454B4" w:rsidRPr="00856CDC" w:rsidRDefault="00060A72" w:rsidP="00060A72">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00DD0068">
-[...109 lines deleted...]
-                    <w:t xml:space="preserve"> дня</w:t>
+                  <w:r w:rsidRPr="00856CDC">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>30 (отыз) минут</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="00427A58" w:rsidP="0058107A">
-[...56 lines deleted...]
-          <w:noProof/>
+    <w:p w:rsidR="002F7D9A" w:rsidRDefault="002F7D9A" w:rsidP="00D64C9B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F7D9A" w:rsidRDefault="007C3005" w:rsidP="00D64C9B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C3005">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
-[...3 lines deleted...]
-          <v:shape id="_x0000_s1075" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:358pt;margin-top:14.95pt;width:21.6pt;height:0;z-index:251656704" o:connectortype="straight">
+          <v:shape id="_x0000_s1155" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:364.3pt;margin-top:12.7pt;width:73.3pt;height:.3pt;flip:x y;z-index:251670016" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="00856CDC" w:rsidRDefault="007C3005" w:rsidP="00D64C9B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C3005">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1068" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:246.25pt;margin-top:14.95pt;width:23.2pt;height:0;z-index:251657728" o:connectortype="straight">
+          <v:shape id="_x0000_s1150" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:96.1pt;margin-top:3.1pt;width:34.15pt;height:.05pt;flip:x;z-index:251664896" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007C3005">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1067" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:101.5pt;margin-top:15pt;width:21.9pt;height:0;z-index:251658752" o:connectortype="straight">
+          <v:shape id="_x0000_s1151" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:245.65pt;margin-top:3.05pt;width:30.6pt;height:.05pt;flip:x y;z-index:251665920" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
-[...268 lines deleted...]
-    <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+    <w:p w:rsidR="00856CDC" w:rsidRDefault="00856CDC" w:rsidP="00D64C9B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...35 lines deleted...]
-          <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...352 lines deleted...]
-    <w:p w:rsidR="00054403" w:rsidRDefault="00054403" w:rsidP="00594403">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00856CDC" w:rsidRDefault="00856CDC" w:rsidP="00D64C9B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...34 lines deleted...]
-    <w:p w:rsidR="00594403" w:rsidRPr="00054403" w:rsidRDefault="00594403" w:rsidP="00594403">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D64C9B" w:rsidRPr="0030076B" w:rsidRDefault="00D64C9B" w:rsidP="00D64C9B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00054403">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0030076B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00426C5A" w:rsidRPr="00054403">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шартты белгілер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D64C9B" w:rsidRPr="0030076B" w:rsidRDefault="00D64C9B" w:rsidP="00D64C9B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="8613" w:type="dxa"/>
         <w:tblInd w:w="567" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2048"/>
-        <w:gridCol w:w="5917"/>
+        <w:gridCol w:w="2044"/>
+        <w:gridCol w:w="6569"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00594403" w:rsidRPr="00054403" w:rsidTr="008D4452">
+      <w:tr w:rsidR="00D64C9B" w:rsidRPr="0030076B" w:rsidTr="00F1308F">
         <w:trPr>
-          <w:trHeight w:val="776"/>
+          <w:trHeight w:val="860"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2048" w:type="dxa"/>
+            <w:tcW w:w="2044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00594403" w:rsidRPr="00054403" w:rsidRDefault="00427A58" w:rsidP="008D4452">
+          <w:p w:rsidR="00D64C9B" w:rsidRPr="0030076B" w:rsidRDefault="007C3005" w:rsidP="00F1308F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="709"/>
               <w:rPr>
+                <w:kern w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:noProof/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:roundrect id="_x0000_s1086" style="position:absolute;margin-left:8.6pt;margin-top:5.1pt;width:57.75pt;height:27.75pt;z-index:251668992" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
+                <v:roundrect id="_x0000_s1158" style="position:absolute;left:0;text-align:left;margin-left:8.6pt;margin-top:5.1pt;width:57.75pt;height:27.75pt;z-index:251644416" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
                   <v:fill color2="#ccc" angle="-45" focus="-50%" type="gradient"/>
                   <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
                 </v:roundrect>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00594403" w:rsidRPr="00054403" w:rsidRDefault="00594403" w:rsidP="008D4452">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64C9B" w:rsidRPr="0030076B" w:rsidRDefault="00D64C9B" w:rsidP="00F1308F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:kern w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...8 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidRPr="0030076B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...12 lines deleted...]
-              <w:t>;</w:t>
+              <w:t>мемлекеттік қызмет көрсетудің басталуы немесе аяқталуы;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00594403" w:rsidRPr="00054403" w:rsidTr="00DD0068">
+      <w:tr w:rsidR="00D64C9B" w:rsidRPr="0030076B" w:rsidTr="00F1308F">
         <w:trPr>
-          <w:trHeight w:val="827"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2048" w:type="dxa"/>
+            <w:tcW w:w="2044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00594403" w:rsidRPr="00054403" w:rsidRDefault="00427A58" w:rsidP="008D4452">
+          <w:p w:rsidR="00D64C9B" w:rsidRPr="0030076B" w:rsidRDefault="007C3005" w:rsidP="00F1308F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="709"/>
               <w:rPr>
+                <w:kern w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:noProof/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1088" style="position:absolute;margin-left:8.6pt;margin-top:9.4pt;width:58.5pt;height:23.25pt;z-index:251671040;mso-position-horizontal-relative:text;mso-position-vertical-relative:text"/>
+                <v:rect id="_x0000_s1159" style="position:absolute;left:0;text-align:left;margin-left:8.6pt;margin-top:9.4pt;width:58.5pt;height:23.25pt;z-index:251645440;mso-position-horizontal-relative:text;mso-position-vertical-relative:text"/>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00594403" w:rsidRPr="00054403" w:rsidRDefault="00594403" w:rsidP="008D4452">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64C9B" w:rsidRPr="0030076B" w:rsidRDefault="00D64C9B" w:rsidP="00F1308F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:kern w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...8 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidRPr="0030076B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...40 lines deleted...]
-              <w:t>;</w:t>
+              <w:t>рәсімнің (іс-қимылдың) атауы;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00594403" w:rsidRPr="00054403" w:rsidTr="008D4452">
+      <w:tr w:rsidR="00D64C9B" w:rsidRPr="0030076B" w:rsidTr="00F1308F">
         <w:trPr>
-          <w:trHeight w:val="473"/>
+          <w:trHeight w:val="524"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2048" w:type="dxa"/>
+            <w:tcW w:w="2044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00594403" w:rsidRPr="00054403" w:rsidRDefault="00427A58" w:rsidP="008D4452">
+          <w:p w:rsidR="00D64C9B" w:rsidRPr="0030076B" w:rsidRDefault="007C3005" w:rsidP="00F1308F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="709"/>
               <w:rPr>
+                <w:kern w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:noProof/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1087" type="#_x0000_t32" style="position:absolute;margin-left:4.85pt;margin-top:11.05pt;width:73.5pt;height:0;z-index:251670016;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:connectortype="straight">
+                <v:shape id="_x0000_s1160" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:4.85pt;margin-top:11.05pt;width:73.5pt;height:0;z-index:251646464;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:connectortype="straight">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5917" w:type="dxa"/>
+            <w:tcW w:w="6569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00594403" w:rsidRPr="00054403" w:rsidRDefault="00594403" w:rsidP="008D4452">
+          <w:p w:rsidR="00D64C9B" w:rsidRPr="0030076B" w:rsidRDefault="00D64C9B" w:rsidP="00F1308F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:kern w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00054403">
+            <w:r w:rsidRPr="0030076B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>переход  к следующей процедуре</w:t>
-[...34 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>келесі рәсімге (іс-қимылға) өту.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00594403" w:rsidRDefault="00594403" w:rsidP="00594403">
-[...26 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w:rsidR="00D64C9B" w:rsidRPr="004D40BE" w:rsidRDefault="00D64C9B" w:rsidP="00D64C9B">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="7655"/>
+          <w:tab w:val="left" w:pos="915"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="6372"/>
+        <w:rPr>
+          <w:kern w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D64C9B" w:rsidRPr="00B3075A" w:rsidRDefault="00D64C9B" w:rsidP="00D64C9B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...11 lines deleted...]
-    <w:sectPr w:rsidR="00594403" w:rsidSect="005D652C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00D64C9B" w:rsidRDefault="003454B4" w:rsidP="00D64C9B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="003454B4" w:rsidRPr="00D64C9B" w:rsidSect="004B0FC9">
       <w:headerReference w:type="first" r:id="rId8"/>
       <w:footerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1304" w:right="794" w:bottom="1134" w:left="1474" w:header="510" w:footer="1247" w:gutter="0"/>
+      <w:pgMar w:top="1304" w:right="794" w:bottom="1304" w:left="1418" w:header="510" w:footer="1247" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00D8376A" w:rsidRDefault="00D8376A" w:rsidP="00AE33A2">
+    <w:p w:rsidR="006F6355" w:rsidRDefault="006F6355" w:rsidP="00AE33A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00D8376A" w:rsidRDefault="00D8376A" w:rsidP="00AE33A2">
+    <w:p w:rsidR="006F6355" w:rsidRDefault="006F6355" w:rsidP="00AE33A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-  </w:font>
-[...21 lines deleted...]
-    <w:sig w:usb0="A00002EF" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00AE33A2" w:rsidRDefault="00AE33A2">
-[...4 lines deleted...]
-  </w:p>
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="1877593"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p w:rsidR="00AE33A2" w:rsidRDefault="007C3005">
+        <w:pPr>
+          <w:pStyle w:val="aa"/>
+          <w:jc w:val="center"/>
+        </w:pPr>
+        <w:fldSimple w:instr=" PAGE   \* MERGEFORMAT ">
+          <w:r w:rsidR="00AE33A2">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+        </w:fldSimple>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
   <w:p w:rsidR="00AE33A2" w:rsidRDefault="00AE33A2">
     <w:pPr>
       <w:pStyle w:val="aa"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00D8376A" w:rsidRDefault="00D8376A" w:rsidP="00AE33A2">
+    <w:p w:rsidR="006F6355" w:rsidRDefault="006F6355" w:rsidP="00AE33A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00D8376A" w:rsidRDefault="00D8376A" w:rsidP="00AE33A2">
+    <w:p w:rsidR="006F6355" w:rsidRDefault="006F6355" w:rsidP="00AE33A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00AE33A2" w:rsidRDefault="00AE33A2">
-[...4 lines deleted...]
-  </w:p>
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="1877592"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p w:rsidR="00AE33A2" w:rsidRDefault="007C3005">
+        <w:pPr>
+          <w:pStyle w:val="a8"/>
+          <w:jc w:val="center"/>
+        </w:pPr>
+        <w:fldSimple w:instr=" PAGE   \* MERGEFORMAT ">
+          <w:r w:rsidR="00AE33A2">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+        </w:fldSimple>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
   <w:p w:rsidR="00AE33A2" w:rsidRDefault="00AE33A2">
     <w:pPr>
       <w:pStyle w:val="a8"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="00000002"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="00000002"/>
+    <w:name w:val="WW8Num2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="432" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="576" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="864" w:hanging="864"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1008" w:hanging="1008"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1152" w:hanging="1152"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1296" w:hanging="1296"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1584" w:hanging="1584"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="1B35090E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="19A2BD4E"/>
+    <w:lvl w:ilvl="0" w:tplc="74566098">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1068"/>
+        </w:tabs>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1788"/>
+        </w:tabs>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2508"/>
+        </w:tabs>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3228"/>
+        </w:tabs>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3948"/>
+        </w:tabs>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4668"/>
+        </w:tabs>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5388"/>
+        </w:tabs>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6108"/>
+        </w:tabs>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6828"/>
+        </w:tabs>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="78"/>
+  <w:zoom w:percent="67"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00AE33A2"/>
-    <w:rsid w:val="000031F9"/>
-[...7 lines deleted...]
-    <w:rsid w:val="0006648C"/>
+    <w:rsid w:val="000273BB"/>
+    <w:rsid w:val="0004119B"/>
+    <w:rsid w:val="00042911"/>
+    <w:rsid w:val="00043F28"/>
+    <w:rsid w:val="00045F8C"/>
+    <w:rsid w:val="00060A72"/>
     <w:rsid w:val="000742F8"/>
+    <w:rsid w:val="0007652E"/>
     <w:rsid w:val="00082BC8"/>
-    <w:rsid w:val="000A6EA9"/>
-[...12 lines deleted...]
-    <w:rsid w:val="001F3318"/>
+    <w:rsid w:val="00085953"/>
+    <w:rsid w:val="000A4127"/>
+    <w:rsid w:val="000D1A4A"/>
+    <w:rsid w:val="000D3F98"/>
+    <w:rsid w:val="000E330C"/>
+    <w:rsid w:val="000F3C72"/>
+    <w:rsid w:val="001065E8"/>
+    <w:rsid w:val="00166758"/>
+    <w:rsid w:val="001C0128"/>
+    <w:rsid w:val="001D42C0"/>
+    <w:rsid w:val="001E1FA3"/>
+    <w:rsid w:val="001E4001"/>
+    <w:rsid w:val="002004B4"/>
+    <w:rsid w:val="00203C86"/>
     <w:rsid w:val="00205516"/>
-    <w:rsid w:val="002130B6"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00263AF9"/>
+    <w:rsid w:val="0021029A"/>
+    <w:rsid w:val="002210CC"/>
+    <w:rsid w:val="0023216D"/>
+    <w:rsid w:val="002325F0"/>
+    <w:rsid w:val="002331A5"/>
+    <w:rsid w:val="00252C13"/>
+    <w:rsid w:val="002611E3"/>
+    <w:rsid w:val="002666CB"/>
     <w:rsid w:val="00267B0D"/>
     <w:rsid w:val="002704DA"/>
-    <w:rsid w:val="002C4F18"/>
-    <w:rsid w:val="003171E3"/>
+    <w:rsid w:val="00276C40"/>
+    <w:rsid w:val="00284751"/>
+    <w:rsid w:val="002B11FA"/>
+    <w:rsid w:val="002B2815"/>
+    <w:rsid w:val="002B5397"/>
+    <w:rsid w:val="002C5868"/>
+    <w:rsid w:val="002F5937"/>
+    <w:rsid w:val="002F7D9A"/>
+    <w:rsid w:val="0030076B"/>
+    <w:rsid w:val="00336219"/>
+    <w:rsid w:val="0034058F"/>
     <w:rsid w:val="003413D9"/>
-    <w:rsid w:val="00347A50"/>
-[...4 lines deleted...]
-    <w:rsid w:val="003E4067"/>
+    <w:rsid w:val="003454B4"/>
+    <w:rsid w:val="003817F4"/>
+    <w:rsid w:val="0039088D"/>
+    <w:rsid w:val="003962B3"/>
+    <w:rsid w:val="003C6EE6"/>
+    <w:rsid w:val="003C75A3"/>
     <w:rsid w:val="003E4523"/>
     <w:rsid w:val="004015BE"/>
     <w:rsid w:val="00413892"/>
-    <w:rsid w:val="00421B7D"/>
-[...6 lines deleted...]
-    <w:rsid w:val="004942D0"/>
+    <w:rsid w:val="00414635"/>
+    <w:rsid w:val="00424533"/>
+    <w:rsid w:val="00432542"/>
+    <w:rsid w:val="00433685"/>
+    <w:rsid w:val="004508F3"/>
+    <w:rsid w:val="004630B5"/>
+    <w:rsid w:val="004657EB"/>
+    <w:rsid w:val="00475674"/>
     <w:rsid w:val="00494925"/>
-    <w:rsid w:val="004C5A64"/>
-[...2 lines deleted...]
-    <w:rsid w:val="004F48BA"/>
+    <w:rsid w:val="004B0DFA"/>
+    <w:rsid w:val="004B0FC9"/>
+    <w:rsid w:val="004B7BDC"/>
+    <w:rsid w:val="004C4B3A"/>
+    <w:rsid w:val="004F7562"/>
+    <w:rsid w:val="00501E96"/>
+    <w:rsid w:val="00507B2A"/>
     <w:rsid w:val="00522343"/>
-    <w:rsid w:val="0052705C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005360CE"/>
+    <w:rsid w:val="0053650D"/>
     <w:rsid w:val="005518D8"/>
-    <w:rsid w:val="0058107A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00594403"/>
+    <w:rsid w:val="00555165"/>
+    <w:rsid w:val="00567DFB"/>
+    <w:rsid w:val="0057132A"/>
+    <w:rsid w:val="005756E6"/>
+    <w:rsid w:val="005C0DBE"/>
     <w:rsid w:val="005C73D6"/>
-    <w:rsid w:val="005D652C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0061193A"/>
+    <w:rsid w:val="005E1167"/>
+    <w:rsid w:val="005F5374"/>
+    <w:rsid w:val="00600BCB"/>
+    <w:rsid w:val="006105AB"/>
+    <w:rsid w:val="006119CB"/>
     <w:rsid w:val="00615693"/>
-    <w:rsid w:val="0065255E"/>
-    <w:rsid w:val="00676E6E"/>
+    <w:rsid w:val="00621E1D"/>
+    <w:rsid w:val="00623B02"/>
+    <w:rsid w:val="00624FE7"/>
+    <w:rsid w:val="00625F4A"/>
+    <w:rsid w:val="00631741"/>
     <w:rsid w:val="00690D36"/>
-    <w:rsid w:val="00697D44"/>
+    <w:rsid w:val="006A48E3"/>
+    <w:rsid w:val="006B6AAE"/>
+    <w:rsid w:val="006B7071"/>
     <w:rsid w:val="006D1066"/>
-    <w:rsid w:val="006D57B1"/>
+    <w:rsid w:val="006D2198"/>
     <w:rsid w:val="006E036F"/>
+    <w:rsid w:val="006E5046"/>
+    <w:rsid w:val="006F6355"/>
     <w:rsid w:val="00720C05"/>
     <w:rsid w:val="00721A06"/>
-    <w:rsid w:val="0077202B"/>
-    <w:rsid w:val="007732F6"/>
+    <w:rsid w:val="00733904"/>
+    <w:rsid w:val="007564A0"/>
     <w:rsid w:val="007813AD"/>
-    <w:rsid w:val="00795DD9"/>
-    <w:rsid w:val="007B057B"/>
+    <w:rsid w:val="00783B5E"/>
+    <w:rsid w:val="007A67C8"/>
+    <w:rsid w:val="007C3005"/>
+    <w:rsid w:val="007C5780"/>
     <w:rsid w:val="007C61DE"/>
-    <w:rsid w:val="007F0F0B"/>
-    <w:rsid w:val="008069EB"/>
+    <w:rsid w:val="007E4D7B"/>
+    <w:rsid w:val="007F5719"/>
+    <w:rsid w:val="008018A0"/>
+    <w:rsid w:val="00810B09"/>
     <w:rsid w:val="00812F70"/>
-    <w:rsid w:val="00814237"/>
-    <w:rsid w:val="00832A50"/>
+    <w:rsid w:val="00816DC7"/>
+    <w:rsid w:val="00820576"/>
+    <w:rsid w:val="00820649"/>
     <w:rsid w:val="008330B1"/>
-    <w:rsid w:val="00877997"/>
-[...5 lines deleted...]
-    <w:rsid w:val="008E77AE"/>
+    <w:rsid w:val="00833C9E"/>
+    <w:rsid w:val="00837546"/>
+    <w:rsid w:val="00837A06"/>
+    <w:rsid w:val="00856CDC"/>
+    <w:rsid w:val="00864380"/>
+    <w:rsid w:val="00877F64"/>
+    <w:rsid w:val="00882E94"/>
+    <w:rsid w:val="008A2103"/>
+    <w:rsid w:val="008A738B"/>
+    <w:rsid w:val="008A7ABE"/>
+    <w:rsid w:val="008C4BB7"/>
+    <w:rsid w:val="008E2205"/>
+    <w:rsid w:val="008F2186"/>
+    <w:rsid w:val="008F5874"/>
+    <w:rsid w:val="008F6455"/>
+    <w:rsid w:val="00901E53"/>
+    <w:rsid w:val="00903039"/>
     <w:rsid w:val="009055F3"/>
+    <w:rsid w:val="00906B65"/>
     <w:rsid w:val="0091223E"/>
-    <w:rsid w:val="009347FC"/>
-[...7 lines deleted...]
-    <w:rsid w:val="009F1D56"/>
+    <w:rsid w:val="00921F03"/>
+    <w:rsid w:val="009415DC"/>
+    <w:rsid w:val="00943605"/>
+    <w:rsid w:val="00947DDB"/>
+    <w:rsid w:val="00970DC1"/>
+    <w:rsid w:val="009829A6"/>
+    <w:rsid w:val="00986360"/>
+    <w:rsid w:val="009A67E8"/>
+    <w:rsid w:val="009B3F94"/>
+    <w:rsid w:val="009F7658"/>
     <w:rsid w:val="00A05A07"/>
-    <w:rsid w:val="00A0635C"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00A22BB2"/>
     <w:rsid w:val="00A309F4"/>
     <w:rsid w:val="00A32E18"/>
+    <w:rsid w:val="00A4327F"/>
+    <w:rsid w:val="00A45A68"/>
+    <w:rsid w:val="00A53E79"/>
+    <w:rsid w:val="00A60FA1"/>
+    <w:rsid w:val="00A62AEB"/>
+    <w:rsid w:val="00A65B72"/>
     <w:rsid w:val="00A67CF2"/>
+    <w:rsid w:val="00A80BF3"/>
     <w:rsid w:val="00A83FCC"/>
     <w:rsid w:val="00A8751C"/>
-    <w:rsid w:val="00A947EF"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00AC7E1C"/>
+    <w:rsid w:val="00A979D9"/>
+    <w:rsid w:val="00AC551A"/>
     <w:rsid w:val="00AD3DEE"/>
+    <w:rsid w:val="00AD62DE"/>
+    <w:rsid w:val="00AD773F"/>
     <w:rsid w:val="00AE33A2"/>
-    <w:rsid w:val="00AE49C2"/>
-    <w:rsid w:val="00AF0E4F"/>
+    <w:rsid w:val="00AE6231"/>
+    <w:rsid w:val="00AF31FE"/>
+    <w:rsid w:val="00B151FB"/>
     <w:rsid w:val="00B17E07"/>
-    <w:rsid w:val="00B6018A"/>
+    <w:rsid w:val="00B24D33"/>
+    <w:rsid w:val="00B27A30"/>
+    <w:rsid w:val="00B3075A"/>
     <w:rsid w:val="00B64EEA"/>
-    <w:rsid w:val="00B66310"/>
     <w:rsid w:val="00B7191E"/>
+    <w:rsid w:val="00B731FE"/>
+    <w:rsid w:val="00B73338"/>
     <w:rsid w:val="00B74D07"/>
-    <w:rsid w:val="00B95C35"/>
-    <w:rsid w:val="00BC73FA"/>
+    <w:rsid w:val="00B90694"/>
+    <w:rsid w:val="00B91F82"/>
+    <w:rsid w:val="00B97D46"/>
+    <w:rsid w:val="00BD05F5"/>
     <w:rsid w:val="00BF14F5"/>
+    <w:rsid w:val="00C172CA"/>
     <w:rsid w:val="00C36780"/>
-    <w:rsid w:val="00C43F1F"/>
-    <w:rsid w:val="00C50A8A"/>
+    <w:rsid w:val="00C54C5E"/>
+    <w:rsid w:val="00C611A7"/>
     <w:rsid w:val="00C669A4"/>
     <w:rsid w:val="00C8580F"/>
-    <w:rsid w:val="00C87023"/>
-    <w:rsid w:val="00C90AA0"/>
+    <w:rsid w:val="00C86618"/>
+    <w:rsid w:val="00C8713C"/>
     <w:rsid w:val="00CA6E71"/>
     <w:rsid w:val="00CC4B87"/>
-    <w:rsid w:val="00CE17E2"/>
-    <w:rsid w:val="00CF4545"/>
+    <w:rsid w:val="00CE1B46"/>
+    <w:rsid w:val="00CE6406"/>
+    <w:rsid w:val="00CF759E"/>
+    <w:rsid w:val="00D0252D"/>
+    <w:rsid w:val="00D0664E"/>
     <w:rsid w:val="00D24827"/>
+    <w:rsid w:val="00D27468"/>
+    <w:rsid w:val="00D31B6C"/>
     <w:rsid w:val="00D55409"/>
-    <w:rsid w:val="00D76E43"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00DB29BE"/>
+    <w:rsid w:val="00D64BA6"/>
+    <w:rsid w:val="00D64C9B"/>
+    <w:rsid w:val="00D86B5F"/>
+    <w:rsid w:val="00D87F13"/>
+    <w:rsid w:val="00DA0057"/>
+    <w:rsid w:val="00DB3B93"/>
     <w:rsid w:val="00DB493B"/>
-    <w:rsid w:val="00DB7504"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00DD6461"/>
+    <w:rsid w:val="00DB4DBF"/>
     <w:rsid w:val="00DF0B90"/>
     <w:rsid w:val="00DF4587"/>
-    <w:rsid w:val="00E25A42"/>
+    <w:rsid w:val="00E21E9D"/>
+    <w:rsid w:val="00E3520D"/>
+    <w:rsid w:val="00E604BD"/>
+    <w:rsid w:val="00E61374"/>
     <w:rsid w:val="00E66982"/>
     <w:rsid w:val="00E834AC"/>
-    <w:rsid w:val="00EA44F0"/>
-    <w:rsid w:val="00EC33C9"/>
+    <w:rsid w:val="00EA3995"/>
+    <w:rsid w:val="00EC45FE"/>
     <w:rsid w:val="00ED2E7D"/>
     <w:rsid w:val="00ED7C4B"/>
-    <w:rsid w:val="00EE3EC5"/>
-    <w:rsid w:val="00F00EAA"/>
+    <w:rsid w:val="00EE0E64"/>
+    <w:rsid w:val="00EE1A0B"/>
+    <w:rsid w:val="00EF2F9E"/>
     <w:rsid w:val="00F03534"/>
+    <w:rsid w:val="00F03A8B"/>
+    <w:rsid w:val="00F13381"/>
     <w:rsid w:val="00F242D8"/>
-    <w:rsid w:val="00F934C8"/>
-    <w:rsid w:val="00FA1603"/>
+    <w:rsid w:val="00F32AB6"/>
+    <w:rsid w:val="00F32B68"/>
+    <w:rsid w:val="00F87EC0"/>
+    <w:rsid w:val="00F943CF"/>
     <w:rsid w:val="00FA358F"/>
+    <w:rsid w:val="00FA496C"/>
     <w:rsid w:val="00FB3434"/>
-    <w:rsid w:val="00FB4FCA"/>
-    <w:rsid w:val="00FD220C"/>
+    <w:rsid w:val="00FB5149"/>
+    <w:rsid w:val="00FE68EC"/>
     <w:rsid w:val="00FF0DC6"/>
+    <w:rsid w:val="00FF1BF9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="11266"/>
+    <o:shapedefaults v:ext="edit" spidmax="21506"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
       <o:rules v:ext="edit">
-        <o:r id="V:Rule10" type="connector" idref="#_x0000_s1075"/>
-[...7 lines deleted...]
-        <o:r id="V:Rule18" type="connector" idref="#_x0000_s1083"/>
+        <o:r id="V:Rule10" type="connector" idref="#_x0000_s1156"/>
+        <o:r id="V:Rule11" type="connector" idref="#_x0000_s1150"/>
+        <o:r id="V:Rule12" type="connector" idref="#_x0000_s1151"/>
+        <o:r id="V:Rule13" type="connector" idref="#_x0000_s1155"/>
+        <o:r id="V:Rule14" type="connector" idref="#_x0000_s1154"/>
+        <o:r id="V:Rule15" type="connector" idref="#_x0000_s1146"/>
+        <o:r id="V:Rule16" type="connector" idref="#_x0000_s1147"/>
+        <o:r id="V:Rule17" type="connector" idref="#_x0000_s1145"/>
+        <o:r id="V:Rule18" type="connector" idref="#_x0000_s1160"/>
       </o:rules>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
@@ -5858,78 +6743,121 @@
     <w:rsid w:val="00690D36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00690D36"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:kern w:val="1"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="af0">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003454B4"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="435297024">
+    <w:div w:id="500656840">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1509057655">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1567522417">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1700015647" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1700015647" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6171,82 +7099,87 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47D873FA-2BA2-49B9-A700-D723A7B4234F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>841</Words>
-  <Characters>4795</Characters>
+  <Words>901</Words>
+  <Characters>5136</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>39</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>42</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
-      </vt:variant>
-[...4 lines deleted...]
-        <vt:lpstr>Заголовки</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
-      <vt:lpstr>        Глава 4. Описание порядка взаимодействия с Государственной корпорацией «Правител</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>AlexSoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5625</CharactersWithSpaces>
+  <CharactersWithSpaces>6025</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Айнур</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>