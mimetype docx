--- v0 (2025-10-08)
+++ v1 (2025-11-16)
@@ -1,3579 +1,2706 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:tbl>
-[...245 lines deleted...]
-        <w:jc w:val="right"/>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="006E6502" w:rsidRDefault="003065EC" w:rsidP="004446C5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9180"/>
+          <w:tab w:val="left" w:pos="9354"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-6" w:firstLine="5387"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6502">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Утвер</w:t>
+      </w:r>
+      <w:r w:rsidR="004338BD" w:rsidRPr="006E6502">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="006E6502" w:rsidRDefault="003065EC" w:rsidP="004446C5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9180"/>
+          <w:tab w:val="left" w:pos="9354"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-6" w:firstLine="5387"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6502">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r w:rsidR="00D152DD" w:rsidRPr="006E6502">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="006E6502" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9180"/>
+          <w:tab w:val="left" w:pos="9354"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-6" w:firstLine="5387"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6502">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="006E6502" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5387"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6502">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r w:rsidR="00852140">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7 августа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E6502">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>201</w:t>
+      </w:r>
+      <w:r w:rsidR="00436F7D" w:rsidRPr="006E6502">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E6502">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="006E6502" w:rsidRDefault="00852140" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5387"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 396</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="006E6502" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5670"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="006E6502" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="s1"/>
-          <w:b w:val="0"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00943456">
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="006E6502" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6502">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="003F4334" w:rsidRDefault="008822FC" w:rsidP="004446C5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="7230"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F4334">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidR="005118E9" w:rsidRPr="003F4334">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Предоставление бесплатного питания отдельным категориям граждан, а также лицам, находящимся под опекой (попечительством) и патронатом, обучающимся и воспитанникам организаций технического и профессионального, послесреднего и высшего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F4334">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="00944F1E" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003065EC" w:rsidRPr="00944F1E" w:rsidRDefault="003065EC" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="00944F1E" w:rsidRDefault="003065EC" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00944F1E">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава </w:t>
+      </w:r>
+      <w:r w:rsidR="00D152DD" w:rsidRPr="00944F1E">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="00944F1E" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E718FB" w:rsidRDefault="00E718FB" w:rsidP="00E718FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D152DD" w:rsidRPr="00E718FB">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственная услуга </w:t>
+      </w:r>
+      <w:r w:rsidR="008822FC" w:rsidRPr="00E718FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="005118E9" w:rsidRPr="00E718FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Предоставление бесплатного питания отдельным категориям граждан, а также лицам, находящимся под опекой (попечительством) и патронатом, обучающимся и воспитанникам организаций технического и профессионального, послесреднего и высшего образования</w:t>
+      </w:r>
+      <w:r w:rsidR="008822FC" w:rsidRPr="00E718FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00D152DD" w:rsidRPr="00E718FB">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее </w:t>
+      </w:r>
+      <w:r w:rsidR="00632E44" w:rsidRPr="00E718FB">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00D152DD" w:rsidRPr="00E718FB">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="00E718FB" w:rsidRDefault="00E718FB" w:rsidP="00E718FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D152DD" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее </w:t>
+      </w:r>
+      <w:r w:rsidR="00300EE8" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00D152DD" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="004446C5" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Государственная услуга </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оказывается</w:t>
+      </w:r>
+      <w:r w:rsidR="0021042F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008B19DE" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">местными исполнительными органами и высшими учебными заведениями </w:t>
+      </w:r>
+      <w:r w:rsidR="00300EE8" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(далее -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="004446C5" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием заявления и выдача </w:t>
+      </w:r>
+      <w:r w:rsidR="00262371" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">результата оказания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляется через канцелярию услугодателя. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E916C4" w:rsidRPr="004446C5" w:rsidRDefault="00E916C4" w:rsidP="004446C5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D16E3C" w:rsidRPr="004446C5" w:rsidRDefault="00D16E3C" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="004446C5" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003065EC" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="004446C5" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1069"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="004446C5" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Срок оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00300EE8" w:rsidRPr="004446C5" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) с момента сдачи пакета документов услугодателю</w:t>
+      </w:r>
+      <w:r w:rsidR="004338BD" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0A46" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00300EE8" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> календарных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00156EEF" w:rsidRPr="004446C5" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) максимально допустимое время ожидания для сдачи пакета документов услугополучателем</w:t>
+      </w:r>
+      <w:r w:rsidR="004338BD" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>20 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="004446C5" w:rsidRDefault="003065EC" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) </w:t>
+      </w:r>
+      <w:r w:rsidR="00D152DD" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>максимально допустимое время обслуживания               услугополучателя</w:t>
+      </w:r>
+      <w:r w:rsidR="004338BD" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00D152DD" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>30 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00156EEF" w:rsidRPr="004446C5" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Форма оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00877E61" w:rsidRPr="004446C5" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>6. Результат о</w:t>
+      </w:r>
+      <w:r w:rsidR="00300EE8" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">казания государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidR="00632E44">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">решение </w:t>
+      </w:r>
+      <w:r w:rsidR="00300EE8" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>в произвольной форме</w:t>
+      </w:r>
+      <w:r w:rsidR="005118E9" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о предоставлении </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2725" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бесплатного питания </w:t>
+      </w:r>
+      <w:r w:rsidR="005118E9" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>или отказе</w:t>
+      </w:r>
+      <w:r w:rsidR="004338BD" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="004446C5" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма предоставления результата оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="004446C5" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственная услуга оказывается на бесплатной основе </w:t>
+      </w:r>
+      <w:r w:rsidR="005118E9" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">физическим </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лицам (далее-услугополучатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD77B8" w:rsidRPr="004446C5" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>8. График работы</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD77B8" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугодателя - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с понедельника по </w:t>
+      </w:r>
+      <w:r w:rsidR="005C4E54" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пятницу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> включительно, за исключением выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан, в соответствии                              с установленным графиком работы услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD77B8" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>с 9.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="004446C5" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9. Перечень документов, необходимых для оказания государственной услуги при обращении услугополучателя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004446C5" w:rsidRPr="004446C5" w:rsidRDefault="004446C5" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC3B3D" w:rsidRPr="00AC3B3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>письменного заявления в произвольной форме родителей или лиц, их заменяющих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на имя руководителя услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005118E9" w:rsidRPr="004446C5" w:rsidRDefault="005118E9" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) копии свидетельства о рождении - для детей из многодетных семей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005118E9" w:rsidRPr="004446C5" w:rsidRDefault="00752FB8" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) копии </w:t>
+      </w:r>
+      <w:r w:rsidR="004446C5" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>справ</w:t>
+      </w:r>
+      <w:r w:rsidR="00B108E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="004446C5" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="005118E9" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> об утверждении опеки (попечительства), патронатного воспитания - для детей-сирот и детей, оставшихся без попечения родителей, воспитывающихся в семьях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005118E9" w:rsidRPr="004446C5" w:rsidRDefault="005118E9" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4) справки об инвалидности - инвалидам и инвалидам  с детства, детям-инвалидам или копии медицинского заключения психолого-медико-педагогической консультации - для детей с ограниченными возможностями в развитии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005118E9" w:rsidRPr="004446C5" w:rsidRDefault="00752FB8" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5) справки, подтверждающие</w:t>
+      </w:r>
+      <w:r w:rsidR="005118E9" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> принадлежность заявителя (семьи) к получателям государственной адресной социальной помощи, предоставляемой местными исполнительными органами, для детей из семей, имеющих право на получение адресной социальной помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005118E9" w:rsidRPr="004446C5" w:rsidRDefault="005118E9" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6) сведений о полученных доходах (заработная плата работающих родителей или их заменяющих, доходы от предпринимательской деятельности и других видов деятельности, доходы в виде алиментов на детей и других иждивенцев) - для детей из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже прожиточного минимума.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E916C4" w:rsidRPr="004446C5" w:rsidRDefault="008B19DE" w:rsidP="00B108E4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В случаях представления услугополучателем неполного пакета документов согласно перечню, предусмотренному стандартом государственной услуги, и (или) документов с истекшим сроком действия услугодатель отказывает в приеме заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6029" w:rsidRPr="004446C5" w:rsidRDefault="000A6887" w:rsidP="004446C5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r w:rsidR="008B19DE" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель отказывает в оказании государственных услуг при установлении недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003065EC" w:rsidRDefault="003065EC" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C51A02" w:rsidRPr="004446C5" w:rsidRDefault="00C51A02" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="004446C5" w:rsidRDefault="003065EC" w:rsidP="004446C5">
+      <w:pPr>
+        <w:pStyle w:val="21"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава </w:t>
+      </w:r>
+      <w:r w:rsidR="00D152DD" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D152DD" w:rsidRPr="004446C5">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:rPr>
+        <w:t>Порядок обжалования решений, действий (бездействи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidR="00D152DD" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) услугодател</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ей</w:t>
+      </w:r>
+      <w:r w:rsidR="00D152DD" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) их </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должностных лиц</w:t>
+      </w:r>
+      <w:r w:rsidR="00D152DD" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ой </w:t>
+      </w:r>
+      <w:r w:rsidR="00D152DD" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услуг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="004446C5" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
+        <w:pStyle w:val="21"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...37 lines deleted...]
-        </w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="004446C5" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
-      <w:r>
-[...44 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidR="000A6887" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. Обжалование решений, действий (бездействий) услугодател</w:t>
+      </w:r>
+      <w:r w:rsidR="002B5C92" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) </w:t>
+      </w:r>
+      <w:r w:rsidR="002B5C92" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>их</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должностных лиц </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...227 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>по вопросам оказания государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>: жалоба подается в письменном виде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="004446C5" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
-          <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...88 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на имя руководителя </w:t>
+      </w:r>
+      <w:r w:rsidR="008B19DE" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>либо лица его замещающего по адресу, указанному в пункте 1</w:t>
+      </w:r>
+      <w:r w:rsidR="004E0202" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего стандарта государственной услуг</w:t>
+      </w:r>
+      <w:r w:rsidR="00632E44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="004446C5" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00943456">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата проставляются на втором экземпляре жалобы или сопроводительном письме к жалобе) в канцелярии </w:t>
+      </w:r>
+      <w:r w:rsidR="00A42AF4" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidR="00A42AF4" w:rsidRPr="004446C5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-        <w:pStyle w:val="HTML"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>естного исполнительного органа в области образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, услугодателя с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="004446C5" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Жалоба услугополучателя, поступившая в адрес</w:t>
+      </w:r>
+      <w:r w:rsidR="00A42AF4" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidR="00A42AF4" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>естного исполнительного органа в области образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00020D76" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугодателя, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется услугополучателю по почте </w:t>
+      </w:r>
+      <w:r w:rsidR="00020D76" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдается нарочно в канцелярии </w:t>
+      </w:r>
+      <w:r w:rsidR="00A42AF4" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidR="00A42AF4" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>естного исполнительного органа в области образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00020D76" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="004446C5" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:jc w:val="both"/>
-[...187 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...33 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В случае несогласия с результатами оказанной государственной услуги услугополучатель обра</w:t>
+      </w:r>
+      <w:r w:rsidR="00020D76" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>щается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="004446C5" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственной услуги, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...80 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6887" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>. В случае несогласия с результатами оказанной государственной услуги, услугополучатель имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C51A02" w:rsidRDefault="00C51A02" w:rsidP="004446C5">
+      <w:pPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...20 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00852140" w:rsidRPr="004446C5" w:rsidRDefault="00852140" w:rsidP="004446C5">
+      <w:pPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...99 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="004446C5" w:rsidRDefault="00020D76" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава </w:t>
+      </w:r>
+      <w:r w:rsidR="00D152DD" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Иные требования с учетом особенностей оказания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="004446C5" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...98 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D152DD" w:rsidRPr="004446C5" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD3A9F" w:rsidRPr="004446C5" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...26 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6887" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="002B5C92" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Адреса мест оказания государственной услуги размещены на интернет-ресурсе</w:t>
+      </w:r>
+      <w:r w:rsidR="008B19DE" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidR="00632E44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6029" w:rsidRPr="004446C5" w:rsidRDefault="00D152DD" w:rsidP="004446C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="s0"/>
-[...62 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6887" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсе</w:t>
+      </w:r>
+      <w:r w:rsidR="008B19DE" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB0A46" w:rsidRDefault="00EB0A46" w:rsidP="004446C5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="s0"/>
-[...24 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00EE70C2" w:rsidRPr="006E6502" w:rsidRDefault="00EE70C2" w:rsidP="004446C5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="s0"/>
-[...1474 lines deleted...]
-    <w:sectPr w:rsidR="00F53A61" w:rsidSect="00DD07D8">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00EE70C2" w:rsidRPr="006E6502" w:rsidSect="008B19DE">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
-      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="1418" w:right="851" w:bottom="1247" w:left="1418" w:header="510" w:footer="227" w:gutter="0"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...1 lines deleted...]
-    <w:p w:rsidR="004B745D" w:rsidRDefault="004B745D" w:rsidP="000945C8">
+<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:endnote w:type="separator" w:id="0">
+    <w:p w:rsidR="00B3564C" w:rsidRDefault="00B3564C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
-  <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004B745D" w:rsidRDefault="004B745D" w:rsidP="000945C8">
+  <w:endnote w:type="continuationSeparator" w:id="1">
+    <w:p w:rsidR="00B3564C" w:rsidRDefault="00B3564C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Batang">
+    <w:altName w:val="바탕"/>
+    <w:panose1 w:val="02030600000101010101"/>
+    <w:charset w:val="81"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000001" w:usb1="09060000" w:usb2="00000010" w:usb3="00000000" w:csb0="00080000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...29 lines deleted...]
-    <w:pitch w:val="default"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...1 lines deleted...]
-    <w:p w:rsidR="004B745D" w:rsidRDefault="004B745D" w:rsidP="000945C8">
+<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:footnote w:type="separator" w:id="0">
+    <w:p w:rsidR="00B3564C" w:rsidRDefault="00B3564C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004B745D" w:rsidRDefault="004B745D" w:rsidP="000945C8">
+  <w:footnote w:type="continuationSeparator" w:id="1">
+    <w:p w:rsidR="00B3564C" w:rsidRDefault="00B3564C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="473499173"/>
+      <w:id w:val="-1928109922"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00EA456E" w:rsidRDefault="00EA456E">
+      <w:p w:rsidR="00D6338D" w:rsidRDefault="00FB2F8E">
         <w:pPr>
-          <w:pStyle w:val="a5"/>
+          <w:pStyle w:val="a4"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00D6338D">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005E0CA1" w:rsidRPr="005E0CA1">
+        <w:r w:rsidR="0021042F" w:rsidRPr="0021042F">
           <w:rPr>
             <w:noProof/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00EA456E" w:rsidRDefault="00EA456E">
+  <w:p w:rsidR="005511F5" w:rsidRDefault="00B3564C">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="a4"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00EA456E" w:rsidRDefault="00EA456E" w:rsidP="00EA456E">
+<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="00EE70C2" w:rsidRDefault="00EE70C2">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="a4"/>
+      <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00EA456E" w:rsidRDefault="00EA456E">
+  <w:p w:rsidR="00EE70C2" w:rsidRDefault="00EE70C2">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="a4"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="000918F5"/>
+    <w:nsid w:val="0049152E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="62023CF6"/>
-[...1 lines deleted...]
-      <w:start w:val="5"/>
+    <w:tmpl w:val="6164C7CC"/>
+    <w:lvl w:ilvl="0" w:tplc="6C404306">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
-[...2 lines deleted...]
-        <w:ind w:left="1069" w:hanging="360"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
+        <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="02F2210E"/>
+    <w:nsid w:val="03686433"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="89480E10"/>
-    <w:lvl w:ilvl="0" w:tplc="0419000F">
+    <w:tmpl w:val="8B76A13E"/>
+    <w:lvl w:ilvl="0" w:tplc="4C667044">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1778" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2869" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="5029" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="03686433"/>
-[...180 lines deleted...]
-  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="05D31567"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D82EEB26"/>
     <w:lvl w:ilvl="0" w:tplc="9014B650">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -3618,137 +2745,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="07A20B8F"/>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="06436DEB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C4FEE36E"/>
-    <w:lvl w:ilvl="0" w:tplc="0419000F">
+    <w:tmpl w:val="1E5E5424"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2869" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="5029" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="0FFE2530"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ABD48898"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3790,65 +2917,64 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="101949DD"/>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="318A401D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B4C0B910"/>
-    <w:lvl w:ilvl="0" w:tplc="16F05A3C">
+    <w:tmpl w:val="9370BEA4"/>
+    <w:lvl w:ilvl="0" w:tplc="A8C88A7C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -3880,62 +3006,65 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="15796783"/>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="39F23129"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C35AEC00"/>
+    <w:tmpl w:val="40764420"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2869" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3966,262 +3095,353 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="197E3D31"/>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="46020F44"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5AF009A8"/>
-    <w:lvl w:ilvl="0" w:tplc="CD20C1D8">
+    <w:tmpl w:val="4FF6FB2C"/>
+    <w:lvl w:ilvl="0" w:tplc="3A426DC4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="928" w:hanging="360"/>
+        <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1648" w:hanging="360"/>
+        <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2368" w:hanging="180"/>
+        <w:ind w:left="2505" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3088" w:hanging="360"/>
+        <w:ind w:left="3225" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3808" w:hanging="360"/>
+        <w:ind w:left="3945" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4528" w:hanging="180"/>
+        <w:ind w:left="4665" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5248" w:hanging="360"/>
+        <w:ind w:left="5385" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5968" w:hanging="360"/>
+        <w:ind w:left="6105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6688" w:hanging="180"/>
+        <w:ind w:left="6825" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="1B262496"/>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="4ECC324F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E4D2F5AE"/>
-    <w:lvl w:ilvl="0" w:tplc="B57A9110">
+    <w:tmpl w:val="670C95D6"/>
+    <w:lvl w:ilvl="0" w:tplc="BDA4AF60">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1714" w:hanging="1005"/>
+        <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
+        <w:ind w:left="2505" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="3225" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="3945" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
+        <w:ind w:left="4665" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="5385" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="6105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
+        <w:ind w:left="6825" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="1EF1304C"/>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="55AF72E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="80129AFA"/>
-    <w:lvl w:ilvl="0" w:tplc="A6B6433E">
+    <w:tmpl w:val="38907DDC"/>
+    <w:lvl w:ilvl="0" w:tplc="FFECA836">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2062" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+        <w:ind w:left="1353" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:sz w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="F4C24082">
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%3)"/>
-[...2 lines deleted...]
-        <w:ind w:left="3045" w:hanging="1065"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="55CF1E34"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BE8EE9F6"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
@@ -4233,1706 +3453,433 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
-[...1089 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="7"/>
-[...2 lines deleted...]
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
   <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5">
-[...10 lines deleted...]
-  </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11">
-    <w:abstractNumId w:val="6"/>
-[...31 lines deleted...]
-  <w:num w:numId="22">
     <w:abstractNumId w:val="10"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="23"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="110"/>
   <w:defaultTabStop w:val="709"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
-    <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
-    <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
-  <w:compat>
-[...4 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00D03C1E"/>
-[...159 lines deleted...]
-    <w:rsid w:val="00785B8A"/>
+    <w:rsidRoot w:val="002821FC"/>
+    <w:rsid w:val="00010F07"/>
+    <w:rsid w:val="000134CE"/>
+    <w:rsid w:val="00020D76"/>
+    <w:rsid w:val="000551B0"/>
+    <w:rsid w:val="00060B3B"/>
+    <w:rsid w:val="00082B5D"/>
+    <w:rsid w:val="00096D74"/>
+    <w:rsid w:val="000A009F"/>
+    <w:rsid w:val="000A5D21"/>
+    <w:rsid w:val="000A6887"/>
+    <w:rsid w:val="000B6E68"/>
+    <w:rsid w:val="000E756B"/>
+    <w:rsid w:val="0011508C"/>
+    <w:rsid w:val="00125C6A"/>
+    <w:rsid w:val="00126B09"/>
+    <w:rsid w:val="00135241"/>
+    <w:rsid w:val="00152396"/>
+    <w:rsid w:val="00156EEF"/>
+    <w:rsid w:val="0016146A"/>
+    <w:rsid w:val="001628AB"/>
+    <w:rsid w:val="001807AF"/>
+    <w:rsid w:val="00183491"/>
+    <w:rsid w:val="00193EE3"/>
+    <w:rsid w:val="001A61EF"/>
+    <w:rsid w:val="001A7100"/>
+    <w:rsid w:val="001C455A"/>
+    <w:rsid w:val="001E297C"/>
+    <w:rsid w:val="00201423"/>
+    <w:rsid w:val="0021042F"/>
+    <w:rsid w:val="00212089"/>
+    <w:rsid w:val="002202C7"/>
+    <w:rsid w:val="0022319A"/>
+    <w:rsid w:val="00225478"/>
+    <w:rsid w:val="00240C85"/>
+    <w:rsid w:val="00257A3F"/>
+    <w:rsid w:val="002615DC"/>
+    <w:rsid w:val="00262371"/>
+    <w:rsid w:val="00275F02"/>
+    <w:rsid w:val="00276362"/>
+    <w:rsid w:val="002821FC"/>
+    <w:rsid w:val="00283F5C"/>
+    <w:rsid w:val="002B10B4"/>
+    <w:rsid w:val="002B39BF"/>
+    <w:rsid w:val="002B5C92"/>
+    <w:rsid w:val="002C4A18"/>
+    <w:rsid w:val="002C6E5D"/>
+    <w:rsid w:val="002C6F43"/>
+    <w:rsid w:val="002D15F2"/>
+    <w:rsid w:val="002D6D0B"/>
+    <w:rsid w:val="002E3D27"/>
+    <w:rsid w:val="002F250E"/>
+    <w:rsid w:val="002F4BF1"/>
+    <w:rsid w:val="00300EE8"/>
+    <w:rsid w:val="00301EA4"/>
+    <w:rsid w:val="003065EC"/>
+    <w:rsid w:val="00323816"/>
+    <w:rsid w:val="0038187D"/>
+    <w:rsid w:val="003D50D1"/>
+    <w:rsid w:val="003F2595"/>
+    <w:rsid w:val="003F4334"/>
+    <w:rsid w:val="0041405D"/>
+    <w:rsid w:val="00420A1E"/>
+    <w:rsid w:val="0043033A"/>
+    <w:rsid w:val="004338BD"/>
+    <w:rsid w:val="00436F7D"/>
+    <w:rsid w:val="004446C5"/>
+    <w:rsid w:val="00451B0D"/>
+    <w:rsid w:val="004637AD"/>
+    <w:rsid w:val="00473632"/>
+    <w:rsid w:val="0049627B"/>
+    <w:rsid w:val="004C1122"/>
+    <w:rsid w:val="004E0202"/>
+    <w:rsid w:val="004E7861"/>
+    <w:rsid w:val="004F571F"/>
+    <w:rsid w:val="004F6F38"/>
+    <w:rsid w:val="005118E9"/>
+    <w:rsid w:val="00514B59"/>
+    <w:rsid w:val="00520D81"/>
+    <w:rsid w:val="005263D3"/>
+    <w:rsid w:val="00534D0B"/>
+    <w:rsid w:val="00535F01"/>
+    <w:rsid w:val="00544DB9"/>
+    <w:rsid w:val="00562A1B"/>
+    <w:rsid w:val="00571445"/>
+    <w:rsid w:val="00574E23"/>
+    <w:rsid w:val="00582477"/>
+    <w:rsid w:val="00582CBF"/>
+    <w:rsid w:val="00591CDC"/>
+    <w:rsid w:val="005C3150"/>
+    <w:rsid w:val="005C4E54"/>
+    <w:rsid w:val="005E6E6C"/>
+    <w:rsid w:val="005F48A3"/>
+    <w:rsid w:val="00600B24"/>
+    <w:rsid w:val="00632E44"/>
+    <w:rsid w:val="00661CB9"/>
+    <w:rsid w:val="00664BCE"/>
+    <w:rsid w:val="00667931"/>
+    <w:rsid w:val="00672E1B"/>
+    <w:rsid w:val="006748E6"/>
+    <w:rsid w:val="0068504C"/>
+    <w:rsid w:val="006B6DE4"/>
+    <w:rsid w:val="006C40FE"/>
+    <w:rsid w:val="006E2E5A"/>
+    <w:rsid w:val="006E6502"/>
+    <w:rsid w:val="007008D0"/>
+    <w:rsid w:val="0073292F"/>
+    <w:rsid w:val="00752767"/>
+    <w:rsid w:val="00752FB8"/>
+    <w:rsid w:val="00761CED"/>
+    <w:rsid w:val="00775B6E"/>
     <w:rsid w:val="00787FC9"/>
-    <w:rsid w:val="0079308E"/>
-[...212 lines deleted...]
-    <w:rsid w:val="00FF53F0"/>
+    <w:rsid w:val="007A157F"/>
+    <w:rsid w:val="007C5049"/>
+    <w:rsid w:val="007D6AA4"/>
+    <w:rsid w:val="007E1CB1"/>
+    <w:rsid w:val="007F7084"/>
+    <w:rsid w:val="008016F4"/>
+    <w:rsid w:val="00804ED9"/>
+    <w:rsid w:val="008105C8"/>
+    <w:rsid w:val="00851774"/>
+    <w:rsid w:val="00852140"/>
+    <w:rsid w:val="00854AD0"/>
+    <w:rsid w:val="00872388"/>
+    <w:rsid w:val="00877E61"/>
+    <w:rsid w:val="008822FC"/>
+    <w:rsid w:val="00882A02"/>
+    <w:rsid w:val="00886183"/>
+    <w:rsid w:val="00890EC6"/>
+    <w:rsid w:val="00892E57"/>
+    <w:rsid w:val="008A71EC"/>
+    <w:rsid w:val="008B19DE"/>
+    <w:rsid w:val="008C4BA8"/>
+    <w:rsid w:val="008D59CC"/>
+    <w:rsid w:val="008F011E"/>
+    <w:rsid w:val="009047CF"/>
+    <w:rsid w:val="00927ECE"/>
+    <w:rsid w:val="009308C0"/>
+    <w:rsid w:val="00932091"/>
+    <w:rsid w:val="009335EE"/>
+    <w:rsid w:val="009343D8"/>
+    <w:rsid w:val="00944F1E"/>
+    <w:rsid w:val="009569C4"/>
+    <w:rsid w:val="00962AB0"/>
+    <w:rsid w:val="00977AB4"/>
+    <w:rsid w:val="00995C99"/>
+    <w:rsid w:val="009C7B57"/>
+    <w:rsid w:val="009D4645"/>
+    <w:rsid w:val="00A01634"/>
+    <w:rsid w:val="00A06587"/>
+    <w:rsid w:val="00A10C4D"/>
+    <w:rsid w:val="00A42AF4"/>
+    <w:rsid w:val="00A77FE4"/>
+    <w:rsid w:val="00A81217"/>
+    <w:rsid w:val="00A87B54"/>
+    <w:rsid w:val="00AA7A7D"/>
+    <w:rsid w:val="00AB609D"/>
+    <w:rsid w:val="00AC3B3D"/>
+    <w:rsid w:val="00AD3A9F"/>
+    <w:rsid w:val="00AD6E69"/>
+    <w:rsid w:val="00AF629F"/>
+    <w:rsid w:val="00B0261E"/>
+    <w:rsid w:val="00B108E4"/>
+    <w:rsid w:val="00B25A46"/>
+    <w:rsid w:val="00B25C9C"/>
+    <w:rsid w:val="00B30F01"/>
+    <w:rsid w:val="00B3564C"/>
+    <w:rsid w:val="00B645DA"/>
+    <w:rsid w:val="00B94B08"/>
+    <w:rsid w:val="00B94F29"/>
+    <w:rsid w:val="00B957DD"/>
+    <w:rsid w:val="00BA6F52"/>
+    <w:rsid w:val="00BC73C9"/>
+    <w:rsid w:val="00BE4B67"/>
+    <w:rsid w:val="00C038E3"/>
+    <w:rsid w:val="00C06D66"/>
+    <w:rsid w:val="00C13B89"/>
+    <w:rsid w:val="00C24A8C"/>
+    <w:rsid w:val="00C34C37"/>
+    <w:rsid w:val="00C3637D"/>
+    <w:rsid w:val="00C51A02"/>
+    <w:rsid w:val="00C6567F"/>
+    <w:rsid w:val="00C7562C"/>
+    <w:rsid w:val="00C77E42"/>
+    <w:rsid w:val="00C86B83"/>
+    <w:rsid w:val="00CA3075"/>
+    <w:rsid w:val="00CB6029"/>
+    <w:rsid w:val="00CC362C"/>
+    <w:rsid w:val="00CD2063"/>
+    <w:rsid w:val="00CE3A97"/>
+    <w:rsid w:val="00CE68B2"/>
+    <w:rsid w:val="00CE7D04"/>
+    <w:rsid w:val="00CF208A"/>
+    <w:rsid w:val="00D0558F"/>
+    <w:rsid w:val="00D152DD"/>
+    <w:rsid w:val="00D16E3C"/>
+    <w:rsid w:val="00D2528B"/>
+    <w:rsid w:val="00D36FC9"/>
+    <w:rsid w:val="00D6338D"/>
+    <w:rsid w:val="00D6552A"/>
+    <w:rsid w:val="00D6623F"/>
+    <w:rsid w:val="00DB2725"/>
+    <w:rsid w:val="00DC396C"/>
+    <w:rsid w:val="00DD77B8"/>
+    <w:rsid w:val="00DF2037"/>
+    <w:rsid w:val="00DF70C5"/>
+    <w:rsid w:val="00E0138F"/>
+    <w:rsid w:val="00E04902"/>
+    <w:rsid w:val="00E2772F"/>
+    <w:rsid w:val="00E47D9B"/>
+    <w:rsid w:val="00E61909"/>
+    <w:rsid w:val="00E718FB"/>
+    <w:rsid w:val="00E770E3"/>
+    <w:rsid w:val="00E83BC8"/>
+    <w:rsid w:val="00E8500E"/>
+    <w:rsid w:val="00E87DCF"/>
+    <w:rsid w:val="00E90860"/>
+    <w:rsid w:val="00E916C4"/>
+    <w:rsid w:val="00EB0A46"/>
+    <w:rsid w:val="00EB6B5D"/>
+    <w:rsid w:val="00EE6064"/>
+    <w:rsid w:val="00EE70C2"/>
+    <w:rsid w:val="00EF5135"/>
+    <w:rsid w:val="00F053A0"/>
+    <w:rsid w:val="00F05F8A"/>
+    <w:rsid w:val="00F31BA4"/>
+    <w:rsid w:val="00F34DAF"/>
+    <w:rsid w:val="00F41C2E"/>
+    <w:rsid w:val="00F72843"/>
+    <w:rsid w:val="00F84FAF"/>
+    <w:rsid w:val="00F94D46"/>
+    <w:rsid w:val="00FB2F8E"/>
+    <w:rsid w:val="00FD4549"/>
+    <w:rsid w:val="00FF3572"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -6005,514 +3952,486 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009E73D2"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="002821FC"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
-      <w:sz w:val="22"/>
-[...1 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
-    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="009E73D2"/>
+    <w:rsid w:val="008016F4"/>
     <w:pPr>
       <w:keepNext/>
-      <w:keepLines/>
-      <w:spacing w:before="480"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="709"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
-  </w:style>
-[...14 lines deleted...]
-    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:color w:val="4F81BD"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...3 lines deleted...]
-    <w:rsid w:val="009E73D2"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="002821FC"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002821FC"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="002821FC"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...3 lines deleted...]
-    <w:rsid w:val="009E73D2"/>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E2772F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
+    <w:name w:val="s1"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="008016F4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="4F81BD"/>
-      <w:lang w:val="en-US"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
     </w:rPr>
-  </w:style>
-[...18 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
-    <w:rsid w:val="00B80D0D"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="008016F4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
-[...23 lines deleted...]
-    <w:rsid w:val="000945C8"/>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="008016F4"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
-[...3 lines deleted...]
-    <w:rsid w:val="000945C8"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:rsid w:val="008016F4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
-      <w:lang w:val="en-US"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
-    <w:name w:val="footer"/>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a8"/>
-[...2 lines deleted...]
-    <w:rsid w:val="000945C8"/>
+    <w:link w:val="a9"/>
+    <w:qFormat/>
+    <w:rsid w:val="008016F4"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-    </w:pPr>
-[...38 lines deleted...]
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
-      <w:lang w:val="ru-RU"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
-[...4 lines deleted...]
-    <w:rsid w:val="008C3F6F"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:rsid w:val="008016F4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
+  <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="ac"/>
-    <w:rsid w:val="000209B4"/>
+    <w:link w:val="ab"/>
+    <w:rsid w:val="008016F4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
     <w:name w:val="Основной текст Знак"/>
-    <w:link w:val="ab"/>
-    <w:rsid w:val="000209B4"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:rsid w:val="008016F4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ad">
-    <w:name w:val="Balloon Text"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNormal">
+    <w:name w:val="ConsPlusNormal"/>
+    <w:rsid w:val="008016F4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+    <w:name w:val="21"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A71311"/>
+    <w:rsid w:val="008016F4"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ac">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="0038187D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...7 lines deleted...]
-    <w:link w:val="ad"/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00D152DD"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-[...28 lines deleted...]
-    <w:rsid w:val="00CA0D64"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003065EC"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
-[...4 lines deleted...]
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af0">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ae">
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
-    <w:rsid w:val="007242EE"/>
+    <w:rsid w:val="00D16E3C"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af1">
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D16E3C"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af0">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D16E3C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af1">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C7562C"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af2">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C7562C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af3">
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
-    <w:rsid w:val="002E49E9"/>
+    <w:rsid w:val="005118E9"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="HTML">
-[...43 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -6585,552 +4504,466 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009E73D2"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="002821FC"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
-      <w:sz w:val="22"/>
-[...1 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
-    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="009E73D2"/>
+    <w:rsid w:val="008016F4"/>
     <w:pPr>
       <w:keepNext/>
-      <w:keepLines/>
-      <w:spacing w:before="480"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="709"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
-  </w:style>
-[...14 lines deleted...]
-    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:color w:val="4F81BD"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...3 lines deleted...]
-    <w:rsid w:val="009E73D2"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="002821FC"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002821FC"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="002821FC"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...3 lines deleted...]
-    <w:rsid w:val="009E73D2"/>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E2772F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
+    <w:name w:val="s1"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="008016F4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="4F81BD"/>
-      <w:lang w:val="en-US"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
     </w:rPr>
-  </w:style>
-[...18 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
-    <w:rsid w:val="00B80D0D"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="008016F4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
-[...23 lines deleted...]
-    <w:rsid w:val="000945C8"/>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="008016F4"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
-[...3 lines deleted...]
-    <w:rsid w:val="000945C8"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:rsid w:val="008016F4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
-      <w:lang w:val="en-US"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
-    <w:name w:val="footer"/>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a8"/>
-[...2 lines deleted...]
-    <w:rsid w:val="000945C8"/>
+    <w:link w:val="a9"/>
+    <w:qFormat/>
+    <w:rsid w:val="008016F4"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-    </w:pPr>
-[...38 lines deleted...]
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
-      <w:lang w:val="ru-RU"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
-[...4 lines deleted...]
-    <w:rsid w:val="008C3F6F"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:rsid w:val="008016F4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
+  <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="ac"/>
-    <w:rsid w:val="000209B4"/>
+    <w:link w:val="ab"/>
+    <w:rsid w:val="008016F4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
     <w:name w:val="Основной текст Знак"/>
-    <w:link w:val="ab"/>
-    <w:rsid w:val="000209B4"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:rsid w:val="008016F4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ad">
-    <w:name w:val="Balloon Text"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNormal">
+    <w:name w:val="ConsPlusNormal"/>
+    <w:rsid w:val="008016F4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+    <w:name w:val="21"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A71311"/>
+    <w:rsid w:val="008016F4"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ac">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="0038187D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...7 lines deleted...]
-    <w:link w:val="ad"/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00D152DD"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-[...28 lines deleted...]
-    <w:rsid w:val="00CA0D64"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003065EC"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
-[...4 lines deleted...]
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af0">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ae">
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
-    <w:rsid w:val="007242EE"/>
+    <w:rsid w:val="00D16E3C"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af1">
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D16E3C"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af0">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D16E3C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af1">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C7562C"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af2">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C7562C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af3">
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
-    <w:rsid w:val="002E49E9"/>
+    <w:rsid w:val="005118E9"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="HTML">
-[...43 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="751203854">
-[...51 lines deleted...]
-    <w:div w:id="1988851049">
+    <w:div w:id="1862888532">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7374,71 +5207,87 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C854771A-09B2-4181-93C4-5CC61D7A2273}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5543</Characters>
+  <Pages>1</Pages>
+  <Words>887</Words>
+  <Characters>5059</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>46</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>42</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6502</CharactersWithSpaces>
+  <CharactersWithSpaces>5935</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Nurgul.Mukataeva</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>