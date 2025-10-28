--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -1,11881 +1,961 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
-<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-[...11280 lines deleted...]
-</w:document>
+<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <fileVersion appName="xl" lastEdited="5" lowestEdited="4" rupBuild="9302"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
+  <bookViews>
+    <workbookView xWindow="120" yWindow="165" windowWidth="15120" windowHeight="7950"/>
+  </bookViews>
+  <sheets>
+    <sheet name="Лист1" sheetId="1" r:id="rId1"/>
+  </sheets>
+  <definedNames>
+    <definedName name="_GoBack" localSheetId="0">Лист1!#REF!</definedName>
+  </definedNames>
+  <calcPr calcId="125725"/>
+</workbook>
 </file>
 
-<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-[...22 lines deleted...]
-</w:fonts>
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="208" uniqueCount="144">
+  <si>
+    <t>№</t>
+  </si>
+  <si>
+    <t>6/144</t>
+  </si>
+  <si>
+    <t>4/96</t>
+  </si>
+  <si>
+    <t>3/72</t>
+  </si>
+  <si>
+    <t>1/24</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>3-4</t>
+  </si>
+  <si>
+    <t>2/48</t>
+  </si>
+  <si>
+    <t>0,5/12</t>
+  </si>
+  <si>
+    <t>5/120</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KZ93LAA00011622 </t>
+  </si>
+  <si>
+    <t>015, 012</t>
+  </si>
+  <si>
+    <t>Павлодар облысы</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> "ДЕКОЛИТ" ЖШС</t>
+  </si>
+  <si>
+    <t>Бухгалтерлік есеп саласында нормативтік-құқықтық актілерді қолдана алатын, ұйым активтерінің бухгалтерлік есебін жүргізе алатын, қаржылық есептілікті жасай алатын бухгалтер-экономист маманын даярлау. Толеранттылық сезімін және белсенді жеке позицияны қалыптастыру.</t>
+  </si>
+  <si>
+    <t>"Қаржы менеджменті " " Атамекен "  ҰКП 26.12.2019 ж. №263 бұйрығына 94-қосымша</t>
+  </si>
+  <si>
+    <t>жоқ</t>
+  </si>
+  <si>
+    <t>күндізгі</t>
+  </si>
+  <si>
+    <t>орыс тілі</t>
+  </si>
+  <si>
+    <t>Модульдер/пәндер мазмұны туралы мәліметтер:</t>
+  </si>
+  <si>
+    <t>Оқу нәтижелері / бөлімдер</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кредиттер/ сағаттар көлемі </t>
+  </si>
+  <si>
+    <t>Модуль/пән атауы</t>
+  </si>
+  <si>
+    <t xml:space="preserve">БМ 1. Физикалық қасиеттерді дамыту және жетілдіру </t>
+  </si>
+  <si>
+    <t>БМ 2. Ақпараттық-коммуникациялық және цифрлық технологияларды қолдану</t>
+  </si>
+  <si>
+    <t>БМ 3. Экономика және кәсіпкерлік негіздері туралы базалық білімді қолдану</t>
+  </si>
+  <si>
+    <t>ОН  3.1.Экономикалық теория саласындағы негізгі сұрақтарды меңгеру</t>
+  </si>
+  <si>
+    <t>ОН 3.2. Кәсіпорында болып жатқан экономикалық процестерді талдау және бағалау.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ОН  3.2.Әлемдік экономиканың даму тенденцияларын, мемлекеттің «жасыл» экономикаға көшуінің негізгі міндеттерін түсіну </t>
+  </si>
+  <si>
+    <t>ОН 3.4. Қазақстан Республикасында кәсіпкерлікті ұйымдастыру мен жүргізудің ғылыми және заңнамалық негіздеріне ие болу.</t>
+  </si>
+  <si>
+    <t>ОН 3.5. Іскерлік қарым-қатынас этикасын сақтау.</t>
+  </si>
+  <si>
+    <t>БМ 4. Қоғамда және еңбек ұжымында әлеуметтену және бейімделу үшін әлеуметтік ғылымдар негіздерін қолдану</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ОН 4.1.Толеранттылық пен белсенді жеке позицияны қалыптастыратын моральдық құндылықтар мен нормаларды түсіну.
+</t>
+  </si>
+  <si>
+    <t>ОН  4.2.Қазақстан Республикасы халықтары мәдениетінің әлемдік өркениеттегі рөлі мен орнын түсіну.</t>
+  </si>
+  <si>
+    <t>ОН  4.3.Құқықтың негізгі салалары туралы мәліметтерді меңгеру.</t>
+  </si>
+  <si>
+    <t>ОН  4.4.Әлеуметтану мен саясаттанудың негізгі ұғымдарын меңгеру.</t>
+  </si>
+  <si>
+    <t>КМ 1. Бастапқы құжаттармен жұмыс және олардың қозғалысын бақылау</t>
+  </si>
+  <si>
+    <t>ОН 1.1. Қауіпсіздік техникасы мен еңбекті қорғау, өндірістік санитария талаптарын ескере отырып, жұмыс орнын ұйымдастыру.</t>
+  </si>
+  <si>
+    <t>ОН 1.2 Бухгалтерлік есеп саласындағы нормативтік-құқықтық актілерді қолдану.</t>
+  </si>
+  <si>
+    <t>ОН 1.3. Ұйымда бухгалтерлік есеп әдістері мен нысандарын қолдану</t>
+  </si>
+  <si>
+    <t>ОН 1.4. Бастапқы құжаттарды қабылдауды және олардың дұрыс ресімделуін тексеруді жүзеге асыру.</t>
+  </si>
+  <si>
+    <t>ОН 1.5. Бастапқы құжаттарды нормативтік талаптарға (нұсқаулықтарға) сәйкес ресімдеу.</t>
+  </si>
+  <si>
+    <t>ОН 1.6. Құжат айналымын ұйымдастыру</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">ПМ  2. </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t>Ақша қаражаттары мен олардың баламаларының қозғалысымен байланысты операцияларды есепке алу</t>
+    </r>
+  </si>
+  <si>
+    <t>ОН 2.1 Қолма-қол ақшаны және олардың баламаларын қабылдау, есепке алу, беру және сақтау жөніндегі операцияларды олардың сақталуын қамтамасыз ететін тәртіпті міндетті түрде сақтай отырып жүзеге асыру.</t>
+  </si>
+  <si>
+    <t>ОН 2.2 Кассадағы ақша қаражаттарының қозғалысымен байланысты бухгалтерлік операцияларды шоттарда көрсету.</t>
+  </si>
+  <si>
+    <t>ОН 2.3 Банктегі есеп айырысу және арнайы шоттардағы ақша қаражатының есебін жүргізуге қатысу</t>
+  </si>
+  <si>
+    <t>ОН 2.4. Кассалық есептілікті жасау.</t>
+  </si>
+  <si>
+    <t>ОН 2.5. Есеп беретін тұлғалармен есеп жүргізу.</t>
+  </si>
+  <si>
+    <t>КМ 3. Қызметкерлерге жалақыны, жәрдемақыларды және өзге де төлемдерді есепке алу</t>
+  </si>
+  <si>
+    <t>ОН 3.1 Жеке жұмыс режимдерінде жалақыны есептеу</t>
+  </si>
+  <si>
+    <t>КМ 4. Түгендеуге қатысу</t>
+  </si>
+  <si>
+    <t>ОН4.1. Ұйымның мүлкі мен міндеттемелерін түгендеуге қатысу</t>
+  </si>
+  <si>
+    <t>ОН4.2. Ұйымның мүлкі мен міндеттемелерін түгендеу жөніндегі операцияларды көрсететін бухгалтерлік жазбаларды жүзеге асыру.</t>
+  </si>
+  <si>
+    <t>КМ 5.Шаруашылық операцияларды құжаттау және ұйым активтерінің бухгалтерлік есебін жүргізу</t>
+  </si>
+  <si>
+    <t>ОН5.1. Еңбекті қорғау және қауіпсіздік техникасы талаптары мен нормаларын сақтай отырып жұмыс орнын дайындау</t>
+  </si>
+  <si>
+    <t>ОН5.2. Бастапқы бухгалтерлік құжаттарды өңдеу.</t>
+  </si>
+  <si>
+    <t>ОН 5.3. Шаруашылық операцияларды өңдеу үшін қолданылатын бухгалтерлік есептің жұмыс жоспарын, бастапқы құжаттардың нысандарын жасауға қатысу.</t>
+  </si>
+  <si>
+    <t>ОН 5.4 Ұйым активтерінің есебін жүргізу және бухгалтерлік жазбаларын қалыптастыру.</t>
+  </si>
+  <si>
+    <t>КМ 6 .Активтерді қалыптастыру көздерінің бухгалтерлік есебін жүргізу және ұйымның активтері мен қаржылық міндеттемелерін түгендеу жөніндегі жұмыстарды орындау</t>
+  </si>
+  <si>
+    <t>ОН6.1.Активтерді қалыптастыру көздерінің есебін жүргізу және бухгалтерлік жазбаларды жасау.</t>
+  </si>
+  <si>
+    <t>ОН 6.2. Түгендеу жұмыстарын орындау және оның нәтижелерін бухгалтерлік жазбаларда көрсету.</t>
+  </si>
+  <si>
+    <t>ОН 6.3 Құқықтық және нормативтік базаның және ішкі регламенттердің талаптарын орындау бойынша ішкі бақылау объектісінің қызметі туралы ақпарат жинауды жүзеге асыру</t>
+  </si>
+  <si>
+    <t>ОН 6.4Бақылау рәсімдерін және оларды құжаттауды орындау, ішкі бақылау нәтижелері бойынша қорытынды материалдарды дайындау және ресімдеу</t>
+  </si>
+  <si>
+    <t>КМ 7. Бюджеттік және бюджеттен тыс қорлармен есеп айырысуларды жүргізу</t>
+  </si>
+  <si>
+    <t>ОН 7.1.Бюджетке салықтар мен алымдарды есептеу және аудару бойынша бухгалтерлік жазбаларды қалыптастыру</t>
+  </si>
+  <si>
+    <t>ОН7.2. Бюджетке салықтар мен алымдарды аудару үшін төлем құжаттарын ресімдеу және олардың есеп айырысу-кассалық банк операциялары бойынша өтуін бақылау.</t>
+  </si>
+  <si>
+    <t>ОН 7.3. .Міндетті аударымдар мен жарналарды есептеу және аудару бойынша бухгалтерлік жазбаларды қалыптастыру.</t>
+  </si>
+  <si>
+    <t>ОН 7.4.Міндетті аударымдар мен жарналарды аударуға төлем құжаттарын ресімдеу.</t>
+  </si>
+  <si>
+    <t>ОН7.5. Төлеуге міндетті салықтар мен алымдардың шамасын есептеу кезінде пайдаланылатын салық салу жүйесінде салық жеңілдіктерін қолдану.</t>
+  </si>
+  <si>
+    <t>КМ 8 .Бухгалтерлік (қаржылық) есептілікті жасауға қатысу</t>
+  </si>
+  <si>
+    <t>ОН 8.2Есепті кезеңдегі шаруашылық қызметінің нәтижелерін анықтау</t>
+  </si>
+  <si>
+    <t>ОН 8.3 Салықтар мен алымдар бойынша (есептерді) және салық есептілігін жасауға қатысу.</t>
+  </si>
+  <si>
+    <t>КМ 9. Ұйымның және оның бөлімшелерінің шаруашылық және қаржылық қызметін жан-жақты талдауға қатысу</t>
+  </si>
+  <si>
+    <t>ОН 9.1. Ұйымның активтері мен қаржылық жағдайы, оның төлем қабілеттілігі мен табыстылығы туралы ақпаратқа бақылау және талдау жүргізуге қатысу</t>
+  </si>
+  <si>
+    <t>ОН 9.2. Бизнес-жоспар құруға қатысу</t>
+  </si>
+  <si>
+    <t>ОН 9.3. Бақылау рәсімдерін жүргізу барысында алынған ақпаратқа талдау жүргізуге қатысу, тәуекелдерді анықтау және бағалау.</t>
+  </si>
+  <si>
+    <t>ОН 9.4. Анықталған бұзушылықтарды, кемшіліктер мен тәуекелдерді жоюға мониторинг жүргізуге қатысу.</t>
+  </si>
+  <si>
+    <t>ОН 9.5 Қаражатты жұмсаудағы кемшіліктерді жою, өндіріс тиімділігін арттыру, үнемдеу режимін дәйекті түрде енгізу бойынша ұсыныстарды дайындауға қатысу.</t>
+  </si>
+  <si>
+    <t>Аралық, қорытынды аттестация</t>
+  </si>
+  <si>
+    <t>ОН 1.1. Денсаулықты нығайту және салауатты өмір салты қағидаттарын сақтау</t>
+  </si>
+  <si>
+    <t>ОН 1.2. Физикалық қасиеттер мен психофизиологиялық қабілеттерді жетілдіру.</t>
+  </si>
+  <si>
+    <t>ОН 2.1. Ақпараттық-коммуникациялық технологиялар негіздерін меңгеру.</t>
+  </si>
+  <si>
+    <t>ОН 2.2. Ақпараттық-анықтамалық және интерактивті веб-портал қызметтерін пайдалану.</t>
+  </si>
+  <si>
+    <t>ОН 3.2. Жалақы есебін құжаттық ресімдеуді жүзеге асыру</t>
+  </si>
+  <si>
+    <t>ОН 3.3. Орташа жалақы мен демалыс төлемінің мөлшерін есептеуге қатысу.</t>
+  </si>
+  <si>
+    <t>ОН 3.4. Науқастану және пайдаланылмаған демалыс үшін өтемақыларды есептеу</t>
+  </si>
+  <si>
+    <t>ОН 3.5. Сыйақылар мен шегерімдердің есебін жүргізу.</t>
+  </si>
+  <si>
+    <t>ОН 3.6. Бюджетке төлеу үшін заңнамамен белгіленген салықтарды, міндетті жарналарды есептеу, ұстап қалу және аудару.</t>
+  </si>
+  <si>
+    <t>ОН8.1. Бухгалтерлік есеп шоттарындағы өсіп келе жатқан нәтижелерді, ұйымның мүліктік және қаржылық жағдайын көрсету</t>
+  </si>
+  <si>
+    <t>ОН8.4. Белгіленген мерзімдерде өз құзыреті шегінде бухгалтерлік, салықтық және статистикалық есептілікті жасауға қатысу.</t>
+  </si>
+  <si>
+    <t>Білім беру бағдарламасының паспорты</t>
+  </si>
+  <si>
+    <t>Мамандықтың коды және атауы:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Біліктіліктің/біліктіліктердің коды және атауы: </t>
+  </si>
+  <si>
+    <t>Өңір:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ТжКОБ ұйымы (әзірлеуші): </t>
+  </si>
+  <si>
+    <t>Әзірлеуші - серіктестер:</t>
+  </si>
+  <si>
+    <r>
+      <t>Білім беру бағдарламасының мақсаты:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t>ҰБШ бойынша деңгейі:</t>
+  </si>
+  <si>
+    <t>СБШ бойынша деңгейі:</t>
+  </si>
+  <si>
+    <t>Кәсіптік стандарт (бар болса):</t>
+  </si>
+  <si>
+    <t>WorldSkills кәсіптік стандарты (бар болса):</t>
+  </si>
+  <si>
+    <t>Білім деңгейі:</t>
+  </si>
+  <si>
+    <t>Оқыту тілі:</t>
+  </si>
+  <si>
+    <r>
+      <t>Оқыту түрі:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t>Кредиттердің жалпы көлемі:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Білім беру ұйымының әдістемелік (оқу-әдістемелік, ғылыми-әдістемелік) кеңесінде қарастырылған күні: </t>
+  </si>
+  <si>
+    <t>Білім беру қызметімен айналысуға арналған лицензияның нөмірі:</t>
+  </si>
+  <si>
+    <t>Білім беру қызметімен айналысуға арналған лицензияға қосымшаның нөмірі:</t>
+  </si>
+  <si>
+    <t>Осы мамандық бойынша мамандандырылған аккредиттеуден өту күні (бар болса):</t>
+  </si>
+  <si>
+    <t>Білім беру бағдарламасының айрықша ерекшеліктері:</t>
+  </si>
+  <si>
+    <t>ЖБП 1. Қазақ тілі</t>
+  </si>
+  <si>
+    <t>Қазақ тілін ана тілі ретінде тани отырып, өмірлік қажеттіліктерінде коммуникативтік әрекеттер түрінде (тыңдалым, оқылым, айтылым, жазылым) сауаттылықпен қолдану, күнделікті өзі еркін қолданып жүрген қарым - қатынас құралынан оны тілдік заңдылықтар негізінде танып - білу дағдыларын қалыптастырады. Пәннің мазмұны келесі бөлімдерден тұрады: «Орфография. Тіл және алаш идеясы», «Әлем жаңалықтары: өнер және мәдениет», «Фонетика: Қазіргі қоғам құндылықтары: мәдениет және өнер», «Әдеби норма. Экономикалық интеграция – бүгінгі күннің даму үрдісі», «Сөз мәдениеті. Білім. Ғылым. Инновация», «Сөзжасам. Қазіргі қоғам: әлеуметтік теңсіздік», «Синтаксис. Сәулет өнері», «Пунктуация. Қазіргі әлемдегі саясат және жаһандық  мәселелер», «Қазақстан бейнесі. Қазақстанның өткені мен келешегі. Шешендік сөздер. Орфография. Ғылыми стиль», «Жастар мәдениеті және мәселесі. Шешендік сөздер. Орфография. Публицистикалық стиль», «Қазіргі қоғам. Миграция. Зияткерлік миграция. Шешендік сөздер. Фонетика. Ресми іс қағаздар стилі», «Әлемді өзгерткен өнертабыстары. Шешендік сөздер. Сөз мәдениеті. Публицистикалық стиль», «Бейбітшілік, қауіпсіздік және жаһандық экономика. Шешендік сөздер. Сөз мәдениеті. Көркем әдебиет стилі», «Ұлттың тарихи жәдігерлерін сақтау. Шешендік сөздер. Мәтін», «Табиғат және экология. Шешендік сөздер. Мәтін», «Жаңа әлемдегі театр мен кинематография. Шешендік сөздер. Пунктуация», «Еңбек нарығы және сұраныс. Шешендік сөздер. Пунктуация. Сөйлеу мәнерлілігі»</t>
+  </si>
+  <si>
+    <t>ЖБП 2. Қазақ әдебиеті</t>
+  </si>
+  <si>
+    <t>Креативті ойлауға бағыттау, ойларын ауызша еркін жеткізуіне және жаза білуіне қолдау көрсету, дәлелдер келтіру, салыстыру және анализ жасау, бағалау дағдыларын қалыптастыру. Білім алушылар әдеби жанрларға эксперимент жасау арқылы драмалық шығарманы проза тілімен, прозаны поэзия тілімен жазу тәсілдерін меңгере алады. Пәннің мазмұны келесі бөлімдерден тұрады: «Қалың елім, қазағым», «Прозадағы көркем ой», «Аңызбен өрілген көркем сөз», «Заман, дәуір тұлғасы», «Тарихтың шертіп пернесін», «Пайым мен парасат», «Ғасырлық туынды», «Әдебиеттегі сан сарын»</t>
+  </si>
+  <si>
+    <t>ЖБП 3. Орыс тілі және әдебиеті</t>
+  </si>
+  <si>
+    <t>Орыс тілі мен әдебиетін кіріктірілген оқыту негізінде тілдік дағдыларды жетілдіруге ықпал етеді, коммуникативтік құзыреттілігін қалыптастырады және дамытады, ғылыми-техникалық, көркем-эстетикалық, әлеуметтік салалардағы ақпаратты пайдалануға мүмкіндік береді, жалпы әлемдік білім беру кеңістігінде бағдарлануға көмектеседі. Пәннің мазмұны келесі бөлімдерден тұрады: «Туризм: Экотуризм», «Человек и Родина», «Наука и этика», «Планета. Земля. Океаны», «Литература и искусство», «Тема социального неравенства в СМИ и литературе», «Торговля и помощь. Справедливая торговля», «Значение труда в жизни человека и общества», «Показатель развития общества: экология, биоресурсы», «Свободное время как показатель развития общества», «Человек и история», «Энергия будущего. Энергия слова», «Мир и безопасность», «Театр и кино в современном мире», «Высшая ценность – права человека», «Современное общество: миграция».</t>
+  </si>
+  <si>
+    <t>ЖБП4. Шеттілі / ағылшын</t>
+  </si>
+  <si>
+    <t>ЖБП 5. Қазақстан тарихы</t>
+  </si>
+  <si>
+    <t>ЖБП 6. Математика</t>
+  </si>
+  <si>
+    <t>Байланыстыпәндердіоқу,практикалықіс-әрекеттеқолдануүшінқажеттіматематикалықбілімдіқалыптастырады. Пәнкелесібөлімдердентұрады: «Функция, оныңқасиеттері мен графигі», «Математикалық статистика жәнеықтималдықтеориясы», «Дәрежелер мен түбір. Дәрежелік функция», «Көрсеткіштікжәнелогарифмдікфункциялар», «Функцияшегіжәнеүзділіссіздігі», «Туындыжәне оны қолданылуы», «Алғашқы функция және интеграл», «Стереометрияаксиомалары. Кеңістіктегіпараллельдікжәнеперпендикулярлық», «Кеңістіктегітікбұрыштыкоординаталаржүйесіжәневекторлар», «Көпжақтар», «Айналуденелеріжәнеолардың элементтері», «Денелеркөлемдері».</t>
+  </si>
+  <si>
+    <t>ЖБП 7. Информатика</t>
+  </si>
+  <si>
+    <t>Аппараттықжәнебағдарламалыққамтамасызету, деректердіұсыну, ақпараттықпроцестер мен жүйелер, ақпараттықобъектілердіқұружәнетүрлендіру, компьютерлікжелілержәнеақпараттыққауіпсіздіксаласындағыбілімді, икемдер мен дағдыларды қалыптастырады. Пән«Компьютерлік жүйелер», «Ақпараттық объектілерді құру және түрлендіру», «Ақпараттық процестер мен жүйелер», «Қосымшаларды құру» сияқты бөлімдерді зерттейді.</t>
+  </si>
+  <si>
+    <t>ЖБП 8. Өзін-өзі тану</t>
+  </si>
+  <si>
+    <t>Жеке тұлғаныңадамгершілікнегіздерінқалыптастыруға, оныңруханижетілуінежәнеөзін-өзіжүзегеасыруына, үйлесімдідамуынаықпалетеді, өзінжәнебасқаадамдардықабылдауғажәнетүсінугеықпалетеді, ашықтықтың, әлеуметтікжауапкершіліктің, шығармашылықбелсенділіктіңжәнеөмірдіжағымдықабылдаудыңдамуынаықпалетеді. Пәнніңмазмұныкелесібөлімдердентұрады: «Танымжолында», «Тұлғаныңқалыптасуы», «Қоғамдағыөмір», «Адамзатәлемі».</t>
+  </si>
+  <si>
+    <t>ЖБП 9. Алғашқы әскери және технологиялық дайындық</t>
+  </si>
+  <si>
+    <t>Мемлекет қорғанысының негіздері, Қазақстан Республикасы Қарулы Күштерінің тағайындалуы, олардың сипаты мен ерекшеліктері туралы түсініктерді қалыптастырады, әскери қызметке саналы көзқарасты тәрбиелейді, төтенше жағдайларда адамның тіршілік әрекеті қауіпсіздігінің дағдыларын қалыптастырады. Пәнінің мазмұны келесі бөлімдерден тұрады: «Қазақстан Республикасының Қарулы Күштері – мемлекеттік қауіпсіздіктің кепілі», «Әскери қызметтің құқықтық негіздері», «Қазақстан Республикасы Қарулы Күштерінің, басқа да әскерлері мен әскери құрылымдарының жалпыәскери жарғылары», «Тактикалық дайындық», «Атыс дайындығы», «Саптық дайындық»,  «Әскери топография», «Әскери роботты техникалардың негіздері», «Өмір қауіпсіздігі және ақпараттық технологиялар негіздері», «Технологиялық дайындық».</t>
+  </si>
+  <si>
+    <t>ЖБП 10. Дене тәрбиесі</t>
+  </si>
+  <si>
+    <t>Жалпыадамзаттықмәдениетсаласындабелсендішығармашылықөзін-өзіжүзегеасыруғадайынтұлғанықалыптастыруға, оқушылардыңденежәнепсихикалықденсаулығыннығайтуғадегенынтасынарттыруға, спорттық-ерекшеқимылдағдыларыналуғажәнеденеқабілеттеріндамытуғаықпалетеді. Оқупәнініңмазмұныкелесібөлімдердентұрады: «Денешынықтырутуралыбілім», «Жеңіл атлетика», «Спорттықойындар», «Гимнастика», «Ұлттық спорт түрлері», «Қысқы спорт түрлері», «Жүзу».</t>
+  </si>
+  <si>
+    <t>ЖБП 11. Биология</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ұйымныңәртүрлідеңгейлеріндегіөмірдіңмәнін, дамуынжәнекөріністерінтүсінугеықпалетеді. Пәнніңмазмұныкелесібөлімдердентұрады: «Молекулярлық биология және биохимия», «Жасушалық биология», «Қоректену», «Заттардың  тасымалдануы», «Тынысалу», «Бөліп шығару», «Жасушалық цикл Көбею», «Тұқым қуалаушылық пен өзгергіштікзаңдылықтары»,  «Эволюциялық даму Селекция негіздері. Тірі ағзалардың алуантүрлілігі», «Координация және реттеу», «Қозғалыс», «Биомедицина және биоинформатика»,  «Биотехнология», «Биосфера, экожүйе, популяция»,  «Экология және адам іс- әрекетінің қоршаған ортаға әсері». </t>
+  </si>
+  <si>
+    <t>ЖБП 12. География</t>
+  </si>
+  <si>
+    <t>Географиялықкеңістіктіңбарлықдеңгейлеріндетуындайтынгеоэкологиялық, экономикалық, әлеуметтік, геосаясижәнежаһандықпроблемалардышешугебағытталғанбілімді, іскерліктіжәнедағдылардықалыптастырады. Пәнніңмазмұныкелесібөлімдердентұрады: «Географиялықзерттеуәдістері», «Картография жәнегеоинформатика», «Табиғаттыпайдаланужәне геоэкология», «Геоэкономика», «Геосаясат», «Елтану», «Адамзаттыңғаламдықпроблемалары».</t>
+  </si>
+  <si>
+    <t>ЖБП 13. Физика</t>
+  </si>
+  <si>
+    <t>Ғылымидүниетанымныңнегіздерін, әлемніңжаратылыстанубейнесінтұтасқабылдауды, табиғатқұбылыстарынбақылау, талдаужәнебекітуқабілеттерінқалыптастыруғаықпалетеді. Пәнніңмазмұныкелесібөлімдердентұрады: «Механика», «Молекулалық физика», «Электр және магнетизм», «Тербелістер», «Толқындар», «Оптика»,  «Кванттық физика», «Нанотехнологияжәненаноматериалдар», «Космология».</t>
+  </si>
+  <si>
+    <t>ЖБП 14. Химия</t>
+  </si>
+  <si>
+    <t>Заттар мен олардыңөзгерістері, заңдар мен теориялартуралыбілімжүйесінқалыптастырады, заттарқасиеттерініңолардыңқұрамы мен құрылымынатәуелділігінтүсіндіреді, химиялықпроцестерді, заңдар мен олардыңзаңдылықтарынтүсінеді. Пәнніңмазмұныкелесібөлімдердентұрады: «Заттардың бөлшектері», «Периодтылық.Химиялық реакциялардың жүру заңдылықтары», «Химиялық реакциялар энергетикасы», «Химия және қоршаған орта», «Химия және өмір».</t>
+  </si>
+  <si>
+    <t>04110100 Есеп және аудит</t>
+  </si>
+  <si>
+    <t>3W04110101  Бухгалтер-кассир,  4S04110102   Бухгалтер</t>
+  </si>
+  <si>
+    <t>«Қазтұтынуодағының Павлодар жоғары экономикалық колледжі» ББМ</t>
+  </si>
+  <si>
+    <t>негізгі орта білім</t>
+  </si>
+  <si>
+    <t>Білімберудің алдыңғы сатысында қолжеткізілген шеттілін меңгерудің бастапқы деңгейін арттырады, студенттердің тұрмыстық, мәдени, кәсіби және ғылыми қызметтің әртүрлі салаларындағы әлеуметтік-коммуникативтік міндеттерді шешу үшін қажетті және жеткілікті коммуникативтік құзыреттілік деңгейін меңгеруіне ықпалетеді. Пәнінің мазмұны келесі бөлімдердент ұрады: «LegendorTruth», «ControversialIssues», «Virtualreality», «OutofthisWorld», «StressandFear», «ImaginationandCreativity», « ReadingforPleasure», «IndependentProject», «Makingcontact», «Investigateandreportonanimalworldbatseaglesbeesanddolphins», « Interviewsandinstructions», Investigateandreportontimekeepingdevices/Sciencevideo», «Workandinventions», «Socialchangeandfurtherstudy», « Makingstatementsandprovidinginformation», «Clothesjourneys».</t>
+  </si>
+  <si>
+    <t>Қазақстанның түрлі тарихи кезеңдердегі этникалық, саяси, әлеуметтік-экономикалық және мәдени дамуының негізгі мәселелерін ұғынуына, оның әлемдік тарихи үдерістегі орны мен рөлін айқындауына; тарихи санасы, азаматтылығы мен патриотизмі бар тұлғаны қалыптастыруға ықпал етеді. Пәннің мазмұны келесі бөлімдерден тұрады: «Өркениет: даму ерекшеліктері», «Этникалық және әлеуметтік процестер», Мемлекет, соғыс және революциялар тарихынан», «. Мәдениеттің дамуы», «Өркениет: экономикалық даму ерекшеліктері», «Саяси-құқықтық процестер», «Қоғамдық-саяси ойдың дамуы», «Білім мен ғылымның дамуы».</t>
+  </si>
+  <si>
+    <t>10/240</t>
+  </si>
+</sst>
 </file>
 
-<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-[...40 lines deleted...]
-</w:settings>
+<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <fonts count="10" x14ac:knownFonts="1">
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="204"/>
+    </font>
+  </fonts>
+  <fills count="3">
+    <fill>
+      <patternFill patternType="none"/>
+    </fill>
+    <fill>
+      <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+  </fills>
+  <borders count="7">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+  </borders>
+  <cellStyleXfs count="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+  </cellStyleXfs>
+  <cellXfs count="47">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+  </cellXfs>
+  <cellStyles count="1">
+    <cellStyle name="Обычный" xfId="0" builtinId="0"/>
+  </cellStyles>
+  <dxfs count="0"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
+</styleSheet>
 </file>
 
-<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-[...187 lines deleted...]
-</w:styles>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
-<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
-[...201 lines deleted...]
-<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
@@ -12029,55 +1109,1178 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:F91"/>
+  <sheetViews>
+    <sheetView tabSelected="1" topLeftCell="A77" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="K81" sqref="K81"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="4.42578125" customWidth="1"/>
+    <col min="2" max="2" width="36.42578125" customWidth="1"/>
+    <col min="3" max="3" width="66" customWidth="1"/>
+    <col min="4" max="4" width="17.5703125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="38" t="s">
+        <v>91</v>
+      </c>
+      <c r="B1" s="38"/>
+      <c r="C1" s="38"/>
+      <c r="D1" s="38"/>
+      <c r="E1" s="1"/>
+      <c r="F1" s="1"/>
+    </row>
+    <row r="2" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="32" t="s">
+        <v>92</v>
+      </c>
+      <c r="B2" s="32"/>
+      <c r="C2" s="28" t="s">
+        <v>137</v>
+      </c>
+      <c r="D2" s="28"/>
+    </row>
+    <row r="3" spans="1:6" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="32" t="s">
+        <v>93</v>
+      </c>
+      <c r="B3" s="32"/>
+      <c r="C3" s="39" t="s">
+        <v>138</v>
+      </c>
+      <c r="D3" s="40"/>
+    </row>
+    <row r="4" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="41" t="s">
+        <v>94</v>
+      </c>
+      <c r="B4" s="41"/>
+      <c r="C4" s="28" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="28"/>
+    </row>
+    <row r="5" spans="1:6" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="32" t="s">
+        <v>95</v>
+      </c>
+      <c r="B5" s="32"/>
+      <c r="C5" s="39" t="s">
+        <v>139</v>
+      </c>
+      <c r="D5" s="40"/>
+    </row>
+    <row r="6" spans="1:6" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="B6" s="35"/>
+      <c r="C6" s="28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" s="28"/>
+    </row>
+    <row r="7" spans="1:6" ht="77.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="36" t="s">
+        <v>97</v>
+      </c>
+      <c r="B7" s="37"/>
+      <c r="C7" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="D7" s="28"/>
+    </row>
+    <row r="8" spans="1:6" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="30" t="s">
+        <v>98</v>
+      </c>
+      <c r="B8" s="31"/>
+      <c r="C8" s="27" t="s">
+        <v>6</v>
+      </c>
+      <c r="D8" s="27"/>
+    </row>
+    <row r="9" spans="1:6" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="30" t="s">
+        <v>99</v>
+      </c>
+      <c r="B9" s="31"/>
+      <c r="C9" s="27" t="s">
+        <v>6</v>
+      </c>
+      <c r="D9" s="27"/>
+    </row>
+    <row r="10" spans="1:6" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="30" t="s">
+        <v>100</v>
+      </c>
+      <c r="B10" s="31"/>
+      <c r="C10" s="28" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10" s="28"/>
+    </row>
+    <row r="11" spans="1:6" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="30" t="s">
+        <v>101</v>
+      </c>
+      <c r="B11" s="31"/>
+      <c r="C11" s="28" t="s">
+        <v>16</v>
+      </c>
+      <c r="D11" s="28"/>
+    </row>
+    <row r="12" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="30" t="s">
+        <v>104</v>
+      </c>
+      <c r="B12" s="31"/>
+      <c r="C12" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D12" s="28"/>
+    </row>
+    <row r="13" spans="1:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="30" t="s">
+        <v>102</v>
+      </c>
+      <c r="B13" s="31"/>
+      <c r="C13" s="28" t="s">
+        <v>140</v>
+      </c>
+      <c r="D13" s="28"/>
+    </row>
+    <row r="14" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="30" t="s">
+        <v>103</v>
+      </c>
+      <c r="B14" s="31"/>
+      <c r="C14" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" s="28"/>
+    </row>
+    <row r="15" spans="1:6" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="32" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" s="32"/>
+      <c r="C15" s="28">
+        <v>180</v>
+      </c>
+      <c r="D15" s="28"/>
+    </row>
+    <row r="16" spans="1:6" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="33" t="s">
+        <v>106</v>
+      </c>
+      <c r="B16" s="33"/>
+      <c r="C16" s="29">
+        <v>44602</v>
+      </c>
+      <c r="D16" s="28"/>
+    </row>
+    <row r="17" spans="1:4" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="33" t="s">
+        <v>107</v>
+      </c>
+      <c r="B17" s="33"/>
+      <c r="C17" s="29" t="s">
+        <v>10</v>
+      </c>
+      <c r="D17" s="28"/>
+    </row>
+    <row r="18" spans="1:4" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="32" t="s">
+        <v>108</v>
+      </c>
+      <c r="B18" s="32"/>
+      <c r="C18" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" s="28"/>
+    </row>
+    <row r="19" spans="1:4" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="B19" s="21"/>
+      <c r="C19" s="23" t="s">
+        <v>5</v>
+      </c>
+      <c r="D19" s="23"/>
+    </row>
+    <row r="20" spans="1:4" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="B20" s="21"/>
+      <c r="C20" s="23" t="s">
+        <v>5</v>
+      </c>
+      <c r="D20" s="23"/>
+    </row>
+    <row r="21" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="B21" s="22"/>
+      <c r="C21" s="22"/>
+      <c r="D21" s="22"/>
+    </row>
+    <row r="22" spans="1:4" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A22" s="46" t="s">
+        <v>0</v>
+      </c>
+      <c r="B22" s="46" t="s">
+        <v>22</v>
+      </c>
+      <c r="C22" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" s="46" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" ht="409.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="3">
+        <v>1</v>
+      </c>
+      <c r="B23" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="C23" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="D23" s="42" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" ht="168.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4">
+        <v>2</v>
+      </c>
+      <c r="B24" s="8" t="s">
+        <v>113</v>
+      </c>
+      <c r="C24" s="9" t="s">
+        <v>114</v>
+      </c>
+      <c r="D24" s="43" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" ht="294" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="3">
+        <v>3</v>
+      </c>
+      <c r="B25" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="D25" s="43" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" ht="288.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="3">
+        <v>4</v>
+      </c>
+      <c r="B26" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="C26" s="9" t="s">
+        <v>141</v>
+      </c>
+      <c r="D26" s="43" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" ht="213" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="4">
+        <v>5</v>
+      </c>
+      <c r="B27" s="11" t="s">
+        <v>118</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="D27" s="43" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" ht="249" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="3">
+        <v>6</v>
+      </c>
+      <c r="B28" s="8" t="s">
+        <v>119</v>
+      </c>
+      <c r="C28" s="9" t="s">
+        <v>120</v>
+      </c>
+      <c r="D28" s="43" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" ht="132.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="3">
+        <v>7</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="D29" s="43" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" ht="150.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="3">
+        <v>8</v>
+      </c>
+      <c r="B30" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="C30" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="D30" s="43" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" ht="228.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="3">
+        <v>9</v>
+      </c>
+      <c r="B31" s="14" t="s">
+        <v>125</v>
+      </c>
+      <c r="C31" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="D31" s="43" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" ht="149.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="3">
+        <v>10</v>
+      </c>
+      <c r="B32" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="D32" s="43" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" ht="223.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="3">
+        <v>11</v>
+      </c>
+      <c r="B33" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="D33" s="43" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" ht="174.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="3">
+        <v>12</v>
+      </c>
+      <c r="B34" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="D34" s="43" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" ht="134.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="3">
+        <v>13</v>
+      </c>
+      <c r="B35" s="10" t="s">
+        <v>133</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="D35" s="43" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" ht="151.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="3">
+        <v>14</v>
+      </c>
+      <c r="B36" s="11" t="s">
+        <v>135</v>
+      </c>
+      <c r="C36" s="9" t="s">
+        <v>136</v>
+      </c>
+      <c r="D36" s="43" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A37" s="25">
+        <v>15</v>
+      </c>
+      <c r="B37" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="C37" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="D37" s="44" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A38" s="25"/>
+      <c r="B38" s="24"/>
+      <c r="C38" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="D38" s="44" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A39" s="25">
+        <v>16</v>
+      </c>
+      <c r="B39" s="24" t="s">
+        <v>24</v>
+      </c>
+      <c r="C39" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="D39" s="44" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A40" s="25"/>
+      <c r="B40" s="24"/>
+      <c r="C40" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D40" s="44" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A41" s="25">
+        <v>17</v>
+      </c>
+      <c r="B41" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="C41" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="D41" s="44" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A42" s="25"/>
+      <c r="B42" s="24"/>
+      <c r="C42" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D42" s="44" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A43" s="25"/>
+      <c r="B43" s="24"/>
+      <c r="C43" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D43" s="44" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A44" s="25"/>
+      <c r="B44" s="24"/>
+      <c r="C44" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D44" s="44" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A45" s="25"/>
+      <c r="B45" s="24"/>
+      <c r="C45" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D45" s="44" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" ht="48" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="26">
+        <v>18</v>
+      </c>
+      <c r="B46" s="24" t="s">
+        <v>31</v>
+      </c>
+      <c r="C46" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D46" s="44" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A47" s="26"/>
+      <c r="B47" s="24"/>
+      <c r="C47" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="D47" s="44" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A48" s="26"/>
+      <c r="B48" s="24"/>
+      <c r="C48" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D48" s="44" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A49" s="26"/>
+      <c r="B49" s="24"/>
+      <c r="C49" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="D49" s="44" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A50" s="26">
+        <v>19</v>
+      </c>
+      <c r="B50" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="C50" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D50" s="44" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A51" s="26"/>
+      <c r="B51" s="24"/>
+      <c r="C51" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D51" s="44" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A52" s="26"/>
+      <c r="B52" s="24"/>
+      <c r="C52" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D52" s="44" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A53" s="26"/>
+      <c r="B53" s="24"/>
+      <c r="C53" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D53" s="44" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A54" s="26"/>
+      <c r="B54" s="24"/>
+      <c r="C54" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D54" s="44" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A55" s="26"/>
+      <c r="B55" s="24"/>
+      <c r="C55" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D55" s="44" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" ht="63" x14ac:dyDescent="0.25">
+      <c r="A56" s="18">
+        <v>20</v>
+      </c>
+      <c r="B56" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="C56" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D56" s="44" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A57" s="19"/>
+      <c r="B57" s="16"/>
+      <c r="C57" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D57" s="44" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="19"/>
+      <c r="B58" s="16"/>
+      <c r="C58" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="D58" s="44" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A59" s="19"/>
+      <c r="B59" s="16"/>
+      <c r="C59" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="D59" s="44" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A60" s="20"/>
+      <c r="B60" s="17"/>
+      <c r="C60" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="D60" s="44" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A61" s="18">
+        <v>21</v>
+      </c>
+      <c r="B61" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="C61" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="D61" s="44" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A62" s="19"/>
+      <c r="B62" s="16"/>
+      <c r="C62" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="D62" s="44" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A63" s="19"/>
+      <c r="B63" s="16"/>
+      <c r="C63" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="D63" s="44" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A64" s="19"/>
+      <c r="B64" s="16"/>
+      <c r="C64" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="D64" s="44" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A65" s="19"/>
+      <c r="B65" s="16"/>
+      <c r="C65" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="D65" s="44" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A66" s="20"/>
+      <c r="B66" s="16"/>
+      <c r="C66" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="D66" s="44" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A67" s="18">
+        <v>22</v>
+      </c>
+      <c r="B67" s="15" t="s">
+        <v>51</v>
+      </c>
+      <c r="C67" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="D67" s="44" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A68" s="20"/>
+      <c r="B68" s="17"/>
+      <c r="C68" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="D68" s="44" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A69" s="18">
+        <v>23</v>
+      </c>
+      <c r="B69" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="C69" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="D69" s="44" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A70" s="19"/>
+      <c r="B70" s="16"/>
+      <c r="C70" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="D70" s="44" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A71" s="19"/>
+      <c r="B71" s="16"/>
+      <c r="C71" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="D71" s="44" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A72" s="20"/>
+      <c r="B72" s="17"/>
+      <c r="C72" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="D72" s="44" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A73" s="18">
+        <v>24</v>
+      </c>
+      <c r="B73" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="C73" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="D73" s="44" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A74" s="19"/>
+      <c r="B74" s="16"/>
+      <c r="C74" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="D74" s="44" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A75" s="19"/>
+      <c r="B75" s="16"/>
+      <c r="C75" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="D75" s="44" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A76" s="20"/>
+      <c r="B76" s="17"/>
+      <c r="C76" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="D76" s="44" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A77" s="18">
+        <v>25</v>
+      </c>
+      <c r="B77" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="C77" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="D77" s="44" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A78" s="19"/>
+      <c r="B78" s="16"/>
+      <c r="C78" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="D78" s="44" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="19"/>
+      <c r="B79" s="16"/>
+      <c r="C79" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="D79" s="44" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A80" s="19"/>
+      <c r="B80" s="16"/>
+      <c r="C80" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="D80" s="44" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A81" s="20"/>
+      <c r="B81" s="17"/>
+      <c r="C81" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D81" s="44" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A82" s="18">
+        <v>26</v>
+      </c>
+      <c r="B82" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="C82" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="D82" s="44" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A83" s="19"/>
+      <c r="B83" s="16"/>
+      <c r="C83" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="D83" s="44" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A84" s="19"/>
+      <c r="B84" s="16"/>
+      <c r="C84" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="D84" s="44" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A85" s="20"/>
+      <c r="B85" s="17"/>
+      <c r="C85" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="D85" s="44" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="18">
+        <v>27</v>
+      </c>
+      <c r="B86" s="15" t="s">
+        <v>73</v>
+      </c>
+      <c r="C86" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="D86" s="44" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="19"/>
+      <c r="B87" s="16"/>
+      <c r="C87" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="D87" s="44" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A88" s="19"/>
+      <c r="B88" s="16"/>
+      <c r="C88" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="D88" s="44" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A89" s="19"/>
+      <c r="B89" s="16"/>
+      <c r="C89" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="D89" s="44" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="20"/>
+      <c r="B90" s="17"/>
+      <c r="C90" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="D90" s="44" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A91" s="7">
+        <v>28</v>
+      </c>
+      <c r="B91" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C91" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D91" s="45" t="s">
+        <v>143</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="66">
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="A8:B8"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="A10:B10"/>
+    <mergeCell ref="A11:B11"/>
+    <mergeCell ref="A12:B12"/>
+    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="C2:D2"/>
+    <mergeCell ref="C3:D3"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="C5:D5"/>
+    <mergeCell ref="A2:B2"/>
+    <mergeCell ref="A3:B3"/>
+    <mergeCell ref="A4:B4"/>
+    <mergeCell ref="A5:B5"/>
+    <mergeCell ref="C6:D6"/>
+    <mergeCell ref="C7:D7"/>
+    <mergeCell ref="A14:B14"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="A6:B6"/>
+    <mergeCell ref="A7:B7"/>
+    <mergeCell ref="C19:D19"/>
+    <mergeCell ref="C8:D8"/>
+    <mergeCell ref="C9:D9"/>
+    <mergeCell ref="C10:D10"/>
+    <mergeCell ref="C11:D11"/>
+    <mergeCell ref="C12:D12"/>
+    <mergeCell ref="C13:D13"/>
+    <mergeCell ref="C14:D14"/>
+    <mergeCell ref="C15:D15"/>
+    <mergeCell ref="C16:D16"/>
+    <mergeCell ref="C17:D17"/>
+    <mergeCell ref="C18:D18"/>
+    <mergeCell ref="B39:B40"/>
+    <mergeCell ref="B41:B45"/>
+    <mergeCell ref="B46:B49"/>
+    <mergeCell ref="B50:B55"/>
+    <mergeCell ref="A39:A40"/>
+    <mergeCell ref="A41:A45"/>
+    <mergeCell ref="A46:A49"/>
+    <mergeCell ref="A50:A55"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="A21:D21"/>
+    <mergeCell ref="C20:D20"/>
+    <mergeCell ref="B37:B38"/>
+    <mergeCell ref="A37:A38"/>
+    <mergeCell ref="B69:B72"/>
+    <mergeCell ref="B73:B76"/>
+    <mergeCell ref="B86:B90"/>
+    <mergeCell ref="A86:A90"/>
+    <mergeCell ref="B82:B85"/>
+    <mergeCell ref="A82:A85"/>
+    <mergeCell ref="B77:B81"/>
+    <mergeCell ref="A77:A81"/>
+    <mergeCell ref="A69:A72"/>
+    <mergeCell ref="A73:A76"/>
+    <mergeCell ref="B56:B60"/>
+    <mergeCell ref="B61:B66"/>
+    <mergeCell ref="A56:A60"/>
+    <mergeCell ref="A61:A66"/>
+    <mergeCell ref="A67:A68"/>
+    <mergeCell ref="B67:B68"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="180" verticalDpi="180" r:id="rId1"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
-[...4 lines deleted...]
-  <Application>Microsoft Office Word</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>128</Lines>
-  <Paragraphs>36</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>SPecialiST RePack</Company>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Листы</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Лист1</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18111</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Computer</dc:creator>
-[...1 lines deleted...]
-  <cp:revision></cp:revision>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>